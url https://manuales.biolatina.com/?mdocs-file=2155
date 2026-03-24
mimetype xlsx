--- v0 (2025-10-10)
+++ v1 (2026-03-24)
@@ -5,291 +5,111 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/90704763e22625fa/Escritorio/Forms_DAkkS/01 Doc Finales  new/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Unidades compartidas\00 Unidad de la Calidad\01 Manuales\01 Orgánico\01 Doc Finales\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="40" documentId="8_{B32FA98D-110C-48F1-BA07-AD30920250AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8E39FB32-F8FE-47C1-9BCB-342A6F68D8EF}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FA2068FC-E0E5-45C1-98E3-BD86DFC26ABB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView minimized="1" xWindow="4800" yWindow="680" windowWidth="14400" windowHeight="7270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Procedimiento" sheetId="7" r:id="rId1"/>
     <sheet name="1. General" sheetId="1" r:id="rId2"/>
     <sheet name="2. SIC - SIG" sheetId="8" r:id="rId3"/>
     <sheet name="3. Trazabilidad" sheetId="9" r:id="rId4"/>
     <sheet name="Hoja1" sheetId="3" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'1. General'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2. SIC - SIG'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'3. Trazabilidad'!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
-        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F15" i="9" l="1"/>
   <c r="F28" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="209">
   <si>
     <t>Asistencia tecnica</t>
   </si>
   <si>
     <t>otros aspecxtos:</t>
   </si>
   <si>
     <t>Mas viejo menos riesgo</t>
   </si>
   <si>
     <t>Seguimiento y actualización del procedimiento</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>El procedimiento de evaluación de riesgo a los operadores podrá ser revisado anualmente. Esta revisión será llevada a cabo por un comité formado por representantes de la Gerencia de Certificación, Gerencia de Calidad, y Gerencia General, quienes evaluarán la efectividad del proceso y sugerirán mejoras basadas en los resultados y el feedback obtenido durante el año.</t>
-  </si>
-[...161 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Métodos Analíticos:</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -3227,119 +3047,50 @@
         <family val="2"/>
       </rPr>
       <t>Cantidad de muestras a recolectar para análisis.</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Métodos analíticos: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Sustancias específicas que deben analizarse para cada muestra. Esto incluye la pestaña de "4. Cultivo de riesgo" (PMR), donde se detalla por cultivo/producto y país las sustancias de riesgo asociadas.</t>
     </r>
   </si>
   <si>
     <r>
-      <rPr>
-[...67 lines deleted...]
-    <r>
       <t xml:space="preserve">
 Con base en los criterios y riesgos inherentes, se determinan las características de las auditorías de trazabilidad:
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Muestreo de Trazabilidad</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Número de ejercicios de trazabilidad:
 </t>
     </r>
     <r>
@@ -3391,1413 +3142,1807 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Inspecciones Adicionales</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Las inspecciones adicionales deben incluir auditorías específicas de trazabilidad para asegurar que los riesgos sean gestionados adecuadamente en toda la cadena de suministro. Estas inspecciones se enfocarán en operadores clasificados en alto y muy alto riesgo, y se realizarán ejercicios de trazabilidad adicionales si se detectan inconsistencias o puntos críticos durante las inspecciones. Los objetivos de la auditoría de trazabilidad deben considerar los criterios y riesgos inherentes. 
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
-        <sz val="12"/>
-[...7 lines deleted...]
-        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Intercambio de Información</t>
+    </r>
+    <r>
+      <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-[...44 lines deleted...]
-      <rPr>
         <u/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Época del año: </t>
-[...7 lines deleted...]
-      <t xml:space="preserve">Seleccionar lotes de exportación durante períodos de alta incidencia de plagas o enfermedades, cuando el uso de sustancias no permitidas es más probable.
+      <t>Cambio de Organismo de Control:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Cuando los operadores o sus subcontratistas cambien de organismo de control, BIO LATINA verificará que las no conformidades observadas por el organismo anterior hayan sido abordadas completa y eficazmente.
 </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Volumen del lote: </t>
-[...779 lines deleted...]
-      </rPr>
       <t xml:space="preserve">Documentación de Trazabilidad: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>BIO LATINA enviará la documentación de trazabilidad al organismo de control del importador y a las autoridades competentes del país importador cuando sea solicitado.</t>
     </r>
   </si>
   <si>
-    <r>
-[...449 lines deleted...]
-  <si>
     <t xml:space="preserve">Para asegurar el cumplimiento, el sistema de gestión de riesgo se basará en:
- + Normas de BIO LATINA, GNP-CEE, equivalentes al reglamento 834/2007  y 889/2008 
  + Reglamento (UE) 2018/848 y actos de derecho derivado, incluyendo Reg. (UE)  2021/1698, Reg. 2021/279
  + Reglamentos retenidos 834/2007, 889/2008 y 1235/2008 Gran Bretaña
  + National Organic Standard del NOP United States of America (7 CFR Part 205)
  + Ley 3525- Regulación y Promoción de la Producción Agropecuaria y Forestal No Maderable Ecológica Bolivia 
  + RTCA - Reglamento Técnico Centroamericano 67.06.74:16 Productos Agropecuarios Orgánicos Centroamérica
  + RTPO - Reglamento Técnico para los Productos Orgánicos según D.S. 044-2006-AG; - D.S. 002-2020-MINAGRI Perú.
 </t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>c) Estratificación de muestra de inspección</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Las muestras de inspección de productores en operadores grupales deben estratificarse basándose en el "Listado de gestión de riesgos y productores" (CH1-TR3) y la clasificación del nivel de riesgo asignado a cada productor.
+La estratificación debe realizarse conforme a la </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>pestaña 5 - "</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Instructivo del inspector", sección 7, "</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>La composición de la muestra de productores a inspeccionarse en campo [...]</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">"
+La conformación de la muestra de inspección se registra en el formulario "Listado de control de productores visitados" (CH5), donde se debe justificar, con base al sistema de gestión de riesgos,  la razón de elección de cada productor visitado. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>a) Tamaño de muestra de inspección</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Todos los grupos de productores deben tener implementado un Sistema Interno de Control y las inspecciones se deben realizar mediante un muestreo. El tamaño de la muestra depende de la categoría de riesgo definido en Lista de chequeo de evaluación de riesgos (TR1-EXL) al operador y se calcula de la siguiente manera:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Riesgo Muy Alto: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Raíz cuadrada del número de productores multiplicado por 1.8.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Riesgo Alto: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Raíz cuadrada del número de productores multiplicado por 1.5.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Riesgo Medio: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Raíz cuadrada del número de productores multiplicado por 1.2; 1.4 (NOP)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Riesgo Bajo: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Raíz cuadrada del número de productores;  multiplicado por 1.4 (NOP)
+La muestra mínima no debe ser inferior a 10 productores. Si el inspector sospecha incumplimientos, puede incrementar la muestra, previa autorización de BIO LATINA. 
+Nota sobre redondeo: Cuando se calculan los tamaños de muestra, si el resultado tiene una fracción decimal de 0.5 o mayor, se redondeará hacia arriba. Si la fracción decimal es menor que 0.5, se redondeará hacia abajo.
+Durante la inspección principal, el inspector debe priorizar y distribuir su tiempo de manera proporcional a los criterios de riesgo que hayan obtenido mayor puntuación en la matriz de evaluación de riesgos. Esto implica dedicar más tiempo y recursos a revisar y verificar aquellos aspectos que presentan un mayor riesgo potencial para asegurar una evaluación exhaustiva. Además, el inspector debe asegurarse de que todos los elementos críticos sean inspeccionados adecuadamente, tomando en cuenta las observaciones previas y cualquier indicio de no conformidad.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>f) Trazabilidad de la cadena de suministro</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Clasificación de nivel de riesgo y objetivo
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">La evaluación de los criterios de riesgos de trazabilidad, detallada en la </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>pestaña</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> trazabilidad</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>, contribuye al puntaje total de la "Lista de chequeo de riesgos" (TR1-EXL),  con el fin de establecer el nivel de riesgo de un operador. Este nivel de riesgo determina las medidas de control que se implementarán.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Criterios de riesgo de trazabilidad
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Los criterios específicos de riesgo de trazabilidad se detallan en la pestaña de trazabilidad. Estos criterios facilitan la definición de objetivos de las auditorias de trazabilidad, ya sean  principales, adicionales o investigaciones.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Identificación de riesgos inherentes
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Durante la inspección, el inspector debe utilizar su juicio profesional para identificar y evaluar riesgos adicionales relacionados con la trazabilidad que puedan no estar explícitamente cubiertos en los criterios predefinidos. El inspector debe asegurarse de que la evaluación de la trazabilidad del operador sea completa y precisa, considerando además: posibilidad de mezcla con productos no orgánicos; fallas en la identificación y seguimiento de lotes; e Identificación de cualquier señal de posibles actividades fraudulentas que comprometan la integridad del producto orgánico.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>g) Investigaciones</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+El enfoque de la investigación se determinará mediante un análisis de riesgo específico, considerando la gravedad de la posible no conformidad y la naturaleza del producto involucrado. Las investigaciones se clasificarán en tres niveles de riesgo: alto, medio y bajo. Esta clasificación definirá la metodología y la intensidad de la investigación, en cumplimiento con la Guía de Investigación (GMP-INT-INV), sección 4.2.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>h) Medidas de control adicional Comisión Europea (UE)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+De acuerdo con las directrices de la Comisión Europea, BIO LATINA implementará medidas de control adicionales para ciertos países y productos. Estas medidas se basan en la comunicación anual de la Comisión Europea y están orientadas a gestionar los riesgos identificados. Los productos y países específicos sujetos a estas medidas pueden cambiar anualmente según lo determine la Comisión Europea y se detallan en el Boletín anual  que es generado pro BIO LATINA, con relación a estas medidas de control adicional y su gestión basada en riesgos, BIO LATINA ha establecido: 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Muestreo y análisis de residuos en lotes de exportación:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Se realizará un muestreo y análisis de residuos en al menos el 10% de todas las partidas o lotes destinados a la exportación a Europa. Los criterios de riesgo, a fin de seleccionar estos lotes, y definidos por BIO LATINA son:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Época del año: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Seleccionar lotes de exportación durante períodos de alta incidencia de plagas o enfermedades, cuando el uso de sustancias no permitidas es más probable.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Volumen del lote: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Priorizar lotes de mayor volumen, ya que un incumplimiento en estos lotes tendría un impacto más significativo.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Cambios recientes en proveedores: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Seleccionar lotes de operadores que hayan cambiado de proveedores recientemente, o hayan introducido nuevos proveedores lo que puede aumentar el riesgo de residuos no conformes.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Región de producción: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Seleccionar lotes provenientes de regiones con problemas conocidos de contaminación.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Inconsistencias en la documentación: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Elegir lotes cuyos registros de trazabilidad o documentación presenten inconsistencias o falten detalles.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Resultados de inspecciones anteriores: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Considerar lotes de operadores cuyas  proveedores  anteriores hayan mostrado debilidades en la trazabilidad o control de residuos.
+</t>
+    </r>
+  </si>
+  <si>
+    <t>PROCEDIMIENTO DE EVALUACIÓN DE RIESGOS A LOS OPERADORES</t>
+  </si>
+  <si>
     <t>Esta guía aplica a todos los operadores individuales y grupo de operadores, certificados por BIO LATINA, así como al personal administrativo, técnico e inspectores involucrados en la prestación del servicio de certificación orgánica.
 Este guía, se encuentra en plena conformidad con los siguientes reglamentos:
-Normas de BIO LATINA, GNP-CEE-050421 v29,  equivalentes con los Reglamentos CEE 834/2007 y 889/2008
 Reglamento (UE) 2018/848 y sus actos de derecho derivado, aplicables a las categorías de:
 ­	Vegetales y productos vegetales no transformados (A).
-­	Animales y productos de origen animal no transformados (B).
 ­	Productos agrarios transformados destinados a la alimentación humana (D).
-otros productos enumerados en el anexo I del Reglamento (UE) 2018/848 o no incluidos en las categorías anteriores
 Las actividades cubiertas incluyen producción, preparación, distribución/comercialización, almacenamiento y exportación.
 Reglamento USDA-NOP, aplicable a cualquier operación de producción o manejo, o a partes específicas de estas operaciones.
 Reglamentos nacionales de agricultura orgánica vigentes, aplicable a cualquier operación de producción, procesamiento, comercialización, o a partes específicas de estas operaciones:
 ­	Bolivia: Ley 3525 - Regulación y Promoción de la Producción Agropecuaria y Forestal No Maderable Ecológica.
 ­	Centroamérica: RTCA 67.06.74:16 - Productos Agropecuarios Orgánicos.
 ­	Perú: RTPO - Reglamento Técnico para los Productos Orgánicos según D.S. 044-2006-AG y D.S. 002-2020-MINAGRI.</t>
   </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Inspector</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Evaluación y Gestión de Riesgos</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Completa la  Lista de chequeo de evaluación de riesgos (TR1-EXL).
++ Implementa actividades y medidas de control proporcionales a los niveles y riesgos identificados.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Tamaño de muestra de inspección
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">+  Determina el tamaño de la muestras de inspección, en operadores grupales, considerando los niveles de riesgo definidos.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Estratificación de muestra de inspección</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Estratifica las muestras de inspección de productores, en operadores grupales, basándose en el “Listado de gestión de riesgos y  productores” (CH1-TR3).
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Toma de muestras</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Realiza la toma, conservación y envío de muestras siguiendo los aspectos técnicos descritos en la “Guía de toma de muestras” (GMP-INT-MUE) y el “Plan anual de monitoreo de residuos” (PMR). Esto incluye la determinación adecuada de matrices, sustancias y tipos de análisis.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Gerente de calidad
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>+ Monitorea y evalúa la efectividad del sistema de gestión de riesgos, asegurando su conformidad con los reglamentos aplicables y los procedimientos establecidos. 
++ Coordina la realización de auditorías internas enfocadas en la gestión de riesgos y en la evaluación de la eficacia de las medidas de control adicional establecidas por la comisión europea.
++ Informa a la alta dirección sobre el estado de la gestión de riesgos y las áreas de mejora identificadas.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>b) Cálculo de muestras para inspecciones de operadores grupales con más de 400 miembros</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Referencia normativa: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Reglamento Delegado (UE) 2021/1698, Artículo 38
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Aplicabilidad:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Grupos certificados con más de 400 miembros
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Criterio de muestreo:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Grupos &gt; 400 miembros: Muestra mínima = 5% del total de productores
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Metodología:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>PASO 1:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Cálculo del tamaño de muestra
+Tamaño de muestra (n) = Total de productores (N) × 5%
+Si el resultado contiene decimales, redondear al entero superior.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+PASO 2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">: Estratificación
+Aplicar los criterios de estratificación establecidos en: "Listado de gestión de riesgos y productores" (CH1-TR3), Pestaña 5 "Instructivo del inspector",  sección 7 "La composición de la muestra de productores a inspeccionarse en campo"
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Responsabilidad del Coordinador:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Verificar que el cálculo cumpla con TODOS los estándares aplicables al operador:
+☑ Reglamento (UE) 2018/848 y reglamentos asociados
+☑ NOP (si aplica)
+☑ Otros estándares de certificación vigentes</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">El objetivo de la evaluación de riesgos es identificar y analizar sistemáticamente los factores que pueden afectar el cumplimiento de los requisitos de producción ecológica por parte de los operadores certificados por BIO LATINA, así como establecer medidas de control proporcionales a los riesgos.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Objetivos específicos:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">+  Identificar y evaluar los riesgos potenciales de incumplimiento por parte de los operadores.
++  Clasificar a los operadores según su nivel de riesgo (muy alto, alto, medio, bajo).
++  Establecer medidas de control adecuadas y proporcionales al nivel de riesgo de cada operador, incluyendo tamaño y estratificación de        muestreo de inspección, necesidad de toma de muestras y  análisis de laboratorio relevantes, la variación en la frecuencia  y objetivo de las inspecciones, y las evaluaciones documentales.
++ Tomar en cuenta  indicadores críticos para las inspecciones adicionales e investigaciones.
++ Determinar los métodos de autoría de la trazabilidad en la cadena de suministro.
++ Dar cumplimiento a las medidas de control adicional establecidas por Comisión Europea, según los países y productos determinados anualmente. 
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Gerente de certificación</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Coordinación y Supervisión General
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">+ Coordina y evalúa el sistema de gestión de riesgos, asegurando su conformidad con los reglamentos aplicables y los procedimientos.
++ Supervisa regularmente la implementación adecuada de actividades y medidas de control proporcionales a los riesgos identificados, asegurando que se cumplan los procedimientos.
++ Consulta el Manual de Funciones (GMF), secciones 4 y 5, para detalles adicionales sobre las responsabilidades generales en la gestión de riesgos.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Evaluaciones Anuales
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">+ Desarrolla o delega evaluaciones de desempeño (LA10, LA11) anualmente para evaluar la conformidad del sistema de gestión de riesgos implementado por inspectores, evaluadores técnicos, y por los certificadores. 
++ Con relación a los riesgos, realiza el "Consolidado de evaluación de riesgos (TR1-EXL), “Plan anual de monitoreo de residuos” (PMR), "Plan anual de inspecciones adicionales” (ND1-IA). 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Durante las Inspecciones
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">+ Coordina con el inspector los aspectos técnicos de la toma de muestras, siguiendo las directrices de la “Guía de toma de muestras”  (GMP-INT-MUE) y el “Plan anual de monitoreo de residuos” (PMR). Esto incluye la determinación adecuada de matrices, sustancias y tipo de análisis necesarios.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Evaluación y Gestión de Riesgos
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>+ Verifica de manera periódica que la Lista de chequeo de evaluación de riesgos (TR1-EXL),</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> sea completada por inspectores y evaluadores técnicos, y que sea evaluada correctamente por los evaluadores técnicos.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Investigaciones
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>+ Hace la evaluación de riesgos del operador, especifica a la investigación, a fin de determinar la metodología e intensidad de la investigación,  segun se establece en la Guia de investigacion (GMP-INT-INV).
++ Registra la clasificación de riesgo del operador, específica a la investigación, en el formulario de evalaucion (LA1-INV)
++ Realiza la recategorización de la categorÍa general de riesgo del operador, a muy alto.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Evaluador técnico</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Evaluación y Confirmación de Riesgos</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Verifica que la Lista de chequeo de evaluación de riesgos (TR1-EXL) sea completada correctamente por inspectores y coordinadores.
++ Confirma que las actividades y medidas de control determinadas sean proporcionales a los riesgos identificados.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Tamaño de muestra de inspección</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Verifica que las muestras de inspección sean determinadas considerando los niveles de riesgo definidos.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Estratificación de muestra de inspección</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Evalúa que los inspectores estratifiquen las muestras de inspección de productores en operadores grupales, basándose en el “Listado de gestión de riesgos y productores” (CH1-TR3).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Toma de muestras</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Verifica que se tomen, conserven y envíen las muestras siguiendo los aspectos técnicos descritos en la “Guía de toma de muestras” (GMP-INT-MUE) y el “Plan anual de monitoreo de residuos” (PMR). Esto incluye la determinación relevante de matrices, sustancias y tipos de análisis.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Inspecciones Adicionales
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">+ Confirma que el objetivo de la inspección adicional ha sido determinado y evaluado adecuadamente,  de acuerdo con el “Plan anual de inspecciones adicionales” (ND1-IA).
++ Evalúa que los niveles de riesgo de los operadores y los indicadores críticos  hayan sido evaluados y considerados correctamente durante la inspección.
++ Evalúa que durante las inspecciones adicionales, el Inspector realice las actividades correspondientes de acuerdo con los niveles de riesgo y los indicadores críticos establecidos.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Trazabilidad</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Supervisa que el análisis y auditoría de trazabilidad en la cadena de suministro ha considerado los riesgos asociados y hayan sido evaluados correctamente.
++ Evalúa que las medidas de control determinadas sean proporcionales a estos análisis, según lo descrito en este procedimiento.
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Certificador</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>+ Evalúa el cumplimiento integral de los procesos de certificación según lo establecido en el Manual de Procedimientos (GMP) y el Manual de Funciones (GMF), y determina:
+Certificación aprobada: Cuando se cumplen todos los requisitos normativos aplicables
+Certificación denegada: Cuando existen no conformidades que impiden la certificación
+La decisión debe fundamentarse técnicamente y registrarse en la documentación correspondiente.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Coordinador</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>+ Llena inicialmente la Lista de chequeo de evaluación de riesgos (TR1-EXL),  utilizando la información presentada durante la solicitud de certificación, así como los datos de los operadores y sus actividades.
++ Remite la matriz de evaluación de riesgos preliminar al Evaluador técnico para su revisión y aprobación inicial.
++ Propone, de manera preliminar, el tamaño de la muestra de inspección basado en la matriz de evaluación de riesgos.
++ Proporciona la Lista de chequeo de evaluación de riesgos (TR1-EXL) al Inspector, asegurando que toda la documentación de respaldo esté disponible para su evaluación completa y técnica in situ.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Inspecciones Adicionales
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">+ Ejecuta las inspecciones adicionales tomando en cuenta los niveles de riesgo de los operadores y  objetivos e indicadores críticos según lo establecido en el “Plan anual de inspecciones adicionales” (ND1-IA).
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Investigaciones
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">+ Ejecuta la inspección de investigación  tomando en cuenta la evaluación de riesgos del operador, especifica la investigación, determinada por el gerente de certificación. 
++ Registra la clasificación de riesgo del operador, específica a la investigacion, en el informe de investigación  (DC1-INV)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Trazabilidad
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>+ Realiza el análisis de trazabilidad en la cadena de suministro, asegurando que los riesgos asociados hayan sido evaluados y que las medidas de control determinadas sean proporcionales a estos análisis, según lo descrito en este procedimiento.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">El Gerente de Certificación </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Solicitará y verificará la completitud y el cumplimiento del “Plan anual de monitoreo de residuos” (PMR) y “Plan anual de inspecciones adicionales” (ND1-IA). 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Evaluador técnico</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ Evaluará en cada inspección y/o actividad de toma de muestra que los niveles de riesgo de los operadores hayan sido establecidos adecuadamente y las medidas de control sean proporcionales. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Inspector</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
++ El Inspector será responsable de realizar una evaluación de riesgos anualmente durante la inspección anual.
++ Esta evaluación de riesgos será actualizada en caso de existir inspecciones adicionales, ya sean con o sin previo aviso, incluyendo investigaciones específicas y la implementación de medidas de control adicionales requeridas por la Comisión Europea.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>d) Toma de Muestras</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>La toma de muestras en BIO LATINA se realiza como mínimo al 5% de los operadores certificados anualmente.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Los criterios específicos que deben ser considerados como parte del análisis de riesgo se describen en el Plan de Monitoreo de Residuos (PMR). Basándose en estos criterios y análisis, se determinan los operadores y las características de los muestreos a realizar:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Características del Muestreo</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Las características del muestreo se determinan conforme a los siguientes aspectos:
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Origen de la muestra:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Campo, procesamiento o distribución.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Cronograma de muestreo:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Mes en el que se realizará el muestreo, basado en la "Matriz de actividades" incluida en el PMR. Esta matriz establece, para cada cultivo y región en los países donde opera BIO LATINA, las actividades agronómicas mensuales que representan un potencial riesgo de uso de sustancias no permitidas.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Matriz a ser analizada:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Tipo de muestra a analizar, como suelo, planta o producto.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Número de muestras:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Cantidad de muestras a recolectar para análisis.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Métodos analíticos:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Sustancias específicas que deben analizarse para cada muestra. Esto incluye la "pestaña de Cultivo de riesgo" (PMR), donde se detalla por cultivo/producto y país las sustancias de riesgo asociadas.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Procedimiento de Toma de Muestras</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Las tomas deben realizarse en conformidad con la Guía para toma, conservación y transporte de muestras (GMP-INT-MUE).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Selección de Operadores para Muestreo</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+La selección de los operadores que serán objeto de muestreo considera, el nivel de riesgo establecido en la "Lista de chequeo de riesgos" (TR1-EXL), cumpliendo con el requisito mínimo del 5% establecido en el Reglamento de Ejecución (UE) 2021/279.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Operadores en alto riesgo: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Toma de muestra obligatoria:
+Cobertura: Al 100% de los operadores clasificados como alto riesgo
+Frecuencia: Mínimo 1 (una) muestra por año
+Tipo de muestra: Determinado según el factor de riesgo identificado:
+Estas muestras se contabilizan para el cumplimiento del requisito mínimo del 5%
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Operadores en muy alto riesgo:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Toma de muestras intensiva:
+Cobertura: Al 100% de los operadores clasificados como muy alto riesgo
+Frecuencia: En CADA inspección (regular + adicionales) = mínimo 2 muestras/año
+Estas muestras se contabilizan para el cumplimiento del requisito mínimo del 5%
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Para la selección de los operadores, además se consideran los siguientes indicadores de riesgo del "Plan de monitoreo de residuos" (PMR):
+Antecedentes: Denuncias e investigaciones previas.
+No conformidades: Historial de no conformidades y por presencia de residuos.
+Tipo de sustancias identificadas: Tipos de sustancias detectadas en muestreos anteriores.
+Resultados del año anterior: Análisis del "Plan de monitoreo de residuos" (PMR) del año anterior.
+Cultivo y país de riesgo:  Donde se detalla por cultivo/producto y país si existen cultivos de riesgos.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>e) Inspecciones Adicionales</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>BIO LATINA realizará inspecciones adicionales a un mínimo del 10% de todos los operadores certificados. La selección de este 10% de operadores para las  inspecciones adicionales se basa en su nivel de riesgo, con un enfoque especial en aquellos clasificados como de riesgos  muy alto y alto:</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Riesgo Muy Alto:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 100% de los operadores en esta categoría serán inspeccionados adicionalmente.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Riesgo Alto: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>75% de las inspecciones adicionales restantes se asignarán a operadores en esta categoría.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Riesgo Medio: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>25% de las inspecciones adicionales restantes se asignarán a operadores en esta categoría.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Riesgo Bajo y Aleatorio: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">25% de las inspecciones adicionales restantes se asignarán a operadores en esta categoría, incluyendo una selección aleatoria de operadores de bajo riesgo.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Si las categorias de Riesgo Muy Alto y Alto ya cubren el 10% de las inspecciones adicionales, se realizará un 5% adicional de inspecciones de manera aleatoria entre todas las categorías de riesgo alto, medio y bajo. Considerando siempre el cumplimiento del 100 y 75% de inspecciones adicionales en aquellos operadores en riesgos muy alto y alto.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Ejemplo:
+Para una población de 100 operadores certificados:
+Se realizarán 10 inspecciones adicionales (10% de 100).
+Si hay 6 operadores en la categoría de Riesgo Muy Alto, todos ellos serán inspeccionados.
+Si hay 3 operadores en la categoria de Riesgo Alto, 2 de ellos serán inspeccionados.
+Las 2 inspecciones restantes se distribuirán de la siguiente manera:
+Riesgo Medio: 1 inspección (50% de 2).
+Riesgo Bajo y Aleatorio: 1 inspección (50% de 2).
+Si la categoría de Riesgo Muy Alto cubre el 10% de las inspecciones adicionales (por ejemplo, 10 operadores), se deberá realizar un 5% adicional de inspecciones en los operadores de riesgo medio y bajo, a fin de garantizar que existan una proporcionalidad entre las categorías restantes,  el porcentaje adicional no debe afectar el cumplimiento del 75% de inspecciones adicionales en operadores en riesgo alto.</t>
+    </r>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="43" x14ac:knownFonts="1">
+  <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
@@ -4943,56 +5088,50 @@
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -5021,50 +5160,78 @@
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF0D0D0D"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -5358,51 +5525,51 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="85">
+  <cellXfs count="86">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="86"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="86" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="86" applyFont="1"/>
@@ -5420,318 +5587,321 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="2" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="9" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="2" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="33" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="8" borderId="1" xfId="86" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="8" borderId="1" xfId="86" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="8" borderId="1" xfId="86" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="8" borderId="2" xfId="86" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="86" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="9" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="1" xfId="86" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="87">
-    <cellStyle name="Followed Hyperlink" xfId="2" builtinId="9" hidden="1"/>
-[...82 lines deleted...]
-    <cellStyle name="Hyperlink" xfId="83" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="1" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="3" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="5" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="7" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="9" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="11" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="13" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="15" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="17" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="19" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="21" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="23" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="25" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="27" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="29" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="31" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="33" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="35" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="37" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="39" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="41" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="43" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="45" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="47" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="49" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="51" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="53" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="55" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="57" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="59" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="61" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="63" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="65" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="67" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="69" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="71" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="73" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="75" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="77" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="79" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="81" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo" xfId="83" builtinId="8" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="2" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="4" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="6" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="8" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="10" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="12" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="14" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="16" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="18" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="20" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="22" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="24" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="26" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="28" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="30" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="32" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="34" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="36" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="38" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="40" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="42" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="44" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="46" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="48" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="50" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="52" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="54" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="56" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="58" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="60" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="62" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="64" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="66" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="68" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="70" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="72" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="74" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="76" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="78" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="80" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="82" builtinId="9" hidden="1"/>
+    <cellStyle name="Hipervínculo visitado" xfId="84" builtinId="9" hidden="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="85" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
     <cellStyle name="Normal 3" xfId="86" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DD0806"/>
       <rgbColor rgb="001FB714"/>
       <rgbColor rgb="000000D4"/>
       <rgbColor rgb="00FCF305"/>
       <rgbColor rgb="00F20884"/>
       <rgbColor rgb="0000ABEA"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DD0806"/>
       <rgbColor rgb="001FB714"/>
       <rgbColor rgb="000000D4"/>
       <rgbColor rgb="00FCF305"/>
       <rgbColor rgb="00F20884"/>
       <rgbColor rgb="0000ABEA"/>
       <rgbColor rgb="00900000"/>
@@ -6139,1595 +6309,1607 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:B41"/>
+  <dimension ref="B1:B43"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScale="90" zoomScaleNormal="115" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" topLeftCell="B30" zoomScale="80" zoomScaleNormal="115" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="B30" sqref="B30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.1796875" style="7" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="11.54296875" style="7"/>
+    <col min="1" max="1" width="6.140625" style="7" customWidth="1"/>
+    <col min="2" max="2" width="114.140625" style="12" customWidth="1"/>
+    <col min="3" max="16384" width="11.5703125" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:2" ht="31" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:2" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="22" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="2" spans="2:2" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="65" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="2:2" ht="187.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="8" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="4" spans="2:2" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="66" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="2:2" ht="244.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="8" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="6" spans="2:2" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="66" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="2:2" ht="404.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="13" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="2:2" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="71" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="9" spans="2:2" ht="173.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="19" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="10" spans="2:2" ht="229.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="20" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="11" spans="2:2" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="11" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="12" spans="2:2" ht="226.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="13" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="13" spans="2:2" ht="163.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="13" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="14" spans="2:2" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="13" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="15" spans="2:2" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="66" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" spans="2:2" ht="165.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="8" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="17" spans="2:2" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="66" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="18" spans="2:2" ht="120" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="8" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="19" spans="2:2" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="67" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="20" spans="2:2" ht="128.44999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="14" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="21" spans="2:2" s="9" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="68" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="22" spans="2:2" s="10" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="69" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="23" spans="2:2" s="10" customFormat="1" ht="283.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="21" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="2:2" s="10" customFormat="1" ht="92.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="17" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="25" spans="2:2" s="10" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="69" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="2:2" s="10" customFormat="1" ht="285" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="16" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="2:2" s="10" customFormat="1" ht="323.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="70" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="2:2" s="10" customFormat="1" ht="126" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="18" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="2:2" s="10" customFormat="1" ht="266.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="18" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="2:2" s="10" customFormat="1" ht="321" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="18" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="2:2" s="10" customFormat="1" ht="366" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="18" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="2:2" s="10" customFormat="1" ht="217.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="16" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="2:2" s="10" customFormat="1" ht="286.35000000000002" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B33" s="16" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="34" spans="2:2" s="10" customFormat="1" ht="72.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="18" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="35" spans="2:2" s="10" customFormat="1" ht="297" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="15" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="36" spans="2:2" s="10" customFormat="1" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="16" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="2:2" s="10" customFormat="1" ht="327.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="16" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="38" spans="2:2" s="10" customFormat="1" ht="108.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="16" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="2:2" s="10" customFormat="1" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="17" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="40" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B40" s="67" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="41" spans="2:2" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="14" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="42" spans="2:2" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="67" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="43" spans="2:2" ht="46.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="14" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="2:2" x14ac:dyDescent="0.35">
-[...196 lines deleted...]
-    </row>
   </sheetData>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="1.0236220472440944" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="71" fitToHeight="6" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="61" fitToHeight="6" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;R&amp;F</oddHeader>
-    <oddFooter xml:space="preserve">&amp;L&amp;K000000www.biolatina.com&amp;C&amp;K000000Versión 9,  Edición 05-07-24&amp;R&amp;K000000Pág. &amp;P de &amp;P </oddFooter>
+    <oddFooter xml:space="preserve">&amp;L&amp;K000000www.biolatina.com&amp;C&amp;K000000Versión 10,  Edición 25-11-25&amp;R&amp;K000000Pág. &amp;P de &amp;P </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="39" max="16383" man="1"/>
+    <brk id="41" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Hoja1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F63"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="80" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="80" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="37.1796875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="34.54296875" customWidth="1"/>
+    <col min="1" max="1" width="37.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.42578125" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" customWidth="1"/>
+    <col min="4" max="4" width="33.85546875" customWidth="1"/>
+    <col min="5" max="5" width="34.5703125" customWidth="1"/>
     <col min="6" max="6" width="16" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="42.65" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="D2" s="43"/>
+    <row r="1" spans="1:6" ht="42.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B1" s="77"/>
+      <c r="C1" s="77"/>
+      <c r="D1" s="77"/>
+      <c r="E1" s="74" t="s">
+        <v>109</v>
+      </c>
+      <c r="F1" s="75"/>
+    </row>
+    <row r="2" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A2" s="52" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" s="53"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
     </row>
-    <row r="3" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D3" s="43"/>
+    <row r="3" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="51"/>
+      <c r="B3" s="42"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
     </row>
-    <row r="4" spans="1:6" ht="23" x14ac:dyDescent="0.25">
-      <c r="A4" s="24" t="s">
+    <row r="4" spans="1:6" ht="24" x14ac:dyDescent="0.2">
+      <c r="A4" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="83"/>
+      <c r="D4" s="83"/>
+      <c r="E4" s="23" t="s">
+        <v>107</v>
+      </c>
+      <c r="F4" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="24" x14ac:dyDescent="0.2">
+      <c r="A5" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B4" s="82" t="s">
+      <c r="B5" s="82"/>
+      <c r="C5" s="82"/>
+      <c r="D5" s="82"/>
+      <c r="E5" s="25"/>
+      <c r="F5" s="26"/>
+    </row>
+    <row r="6" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A6" s="28" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E6" s="34"/>
+      <c r="F6" s="48"/>
+    </row>
+    <row r="7" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A7" s="37" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" s="34"/>
+      <c r="F7" s="48"/>
+    </row>
+    <row r="8" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A8" s="29" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" s="34"/>
+      <c r="F8" s="48"/>
+    </row>
+    <row r="9" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A9" s="30" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" s="55"/>
+      <c r="F9" s="48"/>
+    </row>
+    <row r="10" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A10" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="E10" s="34"/>
+      <c r="F10" s="48"/>
+    </row>
+    <row r="11" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A11" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" s="34"/>
+      <c r="F11" s="48"/>
+    </row>
+    <row r="12" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A12" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" s="34"/>
+      <c r="F12" s="48"/>
+    </row>
+    <row r="13" spans="1:6" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A13" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" s="34"/>
+      <c r="F13" s="48"/>
+    </row>
+    <row r="14" spans="1:6" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A14" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" s="38" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" s="34"/>
+      <c r="F14" s="48"/>
+    </row>
+    <row r="15" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A15" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="E15" s="56"/>
+      <c r="F15" s="48"/>
+    </row>
+    <row r="16" spans="1:6" ht="34.700000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" s="81" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="81"/>
+      <c r="D16" s="81"/>
+      <c r="E16" s="34"/>
+      <c r="F16" s="48"/>
+    </row>
+    <row r="17" spans="1:6" ht="29.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" s="79"/>
+      <c r="C17" s="36"/>
+      <c r="D17" s="36"/>
+      <c r="E17" s="57"/>
+      <c r="F17" s="49"/>
+    </row>
+    <row r="18" spans="1:6" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="35" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="41" t="s">
+        <v>85</v>
+      </c>
+      <c r="C18" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="D18" s="32" t="s">
+        <v>87</v>
+      </c>
+      <c r="E18" s="34"/>
+      <c r="F18" s="48"/>
+    </row>
+    <row r="19" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A19" s="35" t="s">
+        <v>52</v>
+      </c>
+      <c r="B19" s="32" t="s">
+        <v>53</v>
+      </c>
+      <c r="C19" s="32" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" s="32" t="s">
+        <v>89</v>
+      </c>
+      <c r="E19" s="34"/>
+      <c r="F19" s="48"/>
+    </row>
+    <row r="20" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A20" s="35" t="s">
+        <v>68</v>
+      </c>
+      <c r="B20" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" s="32" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20" s="33" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" s="34"/>
+      <c r="F20" s="48"/>
+    </row>
+    <row r="21" spans="1:6" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A21" s="35" t="s">
         <v>22</v>
       </c>
-      <c r="C4" s="82"/>
-[...9 lines deleted...]
-      <c r="A5" s="28" t="s">
+      <c r="B21" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="33" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="33" t="s">
+        <v>91</v>
+      </c>
+      <c r="E21" s="34"/>
+      <c r="F21" s="48"/>
+    </row>
+    <row r="22" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A22" s="35" t="s">
+        <v>60</v>
+      </c>
+      <c r="B22" s="43" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" s="43" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="43" t="s">
+        <v>93</v>
+      </c>
+      <c r="E22" s="34"/>
+      <c r="F22" s="48"/>
+    </row>
+    <row r="23" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="78" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" s="79"/>
+      <c r="C23" s="36"/>
+      <c r="D23" s="36"/>
+      <c r="E23" s="57"/>
+      <c r="F23" s="49"/>
+    </row>
+    <row r="24" spans="1:6" ht="52.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="35" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="E24" s="34"/>
+      <c r="F24" s="48"/>
+    </row>
+    <row r="25" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A25" s="30" t="s">
+        <v>69</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D25" s="39" t="s">
+        <v>99</v>
+      </c>
+      <c r="E25" s="34"/>
+      <c r="F25" s="48"/>
+    </row>
+    <row r="26" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A26" s="30" t="s">
         <v>23</v>
       </c>
-      <c r="B5" s="81"/>
-[...70 lines deleted...]
-      <c r="A10" s="31" t="s">
+      <c r="B26" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D26" s="40" t="s">
+        <v>102</v>
+      </c>
+      <c r="E26" s="34"/>
+      <c r="F26" s="48"/>
+    </row>
+    <row r="27" spans="1:6" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A27" s="30" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="E27" s="34"/>
+      <c r="F27" s="48"/>
+    </row>
+    <row r="28" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="80" t="s">
         <v>38</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...275 lines deleted...]
-      <c r="F28" s="49">
+      <c r="B28" s="80"/>
+      <c r="C28" s="80"/>
+      <c r="D28" s="80"/>
+      <c r="E28" s="80"/>
+      <c r="F28" s="48">
         <f>SUM(F6:F27)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:6" ht="61.4" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:6" ht="61.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="45"/>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="46" t="s">
+        <v>106</v>
+      </c>
+      <c r="E29" s="47" t="s">
+        <v>61</v>
+      </c>
+      <c r="F29" s="50"/>
+    </row>
+    <row r="30" spans="1:6" ht="58.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="72" t="s">
+        <v>62</v>
+      </c>
+      <c r="B30" s="73"/>
+      <c r="C30" s="73"/>
+      <c r="D30" s="73"/>
+      <c r="E30" s="44" t="s">
+        <v>39</v>
+      </c>
+      <c r="F30" s="48"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="2"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="2"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="2"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
     </row>
-    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
     </row>
-    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A30:D30"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A28:E28"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B4:D4"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="78" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;F</oddHeader>
     <oddFooter>&amp;L__________________________
 www. biolatina.com Versión 9&amp;K000000, Edición 05-07-24&amp;RPág. &amp;P de &amp;N</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="80" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="80" workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="37.1796875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="34.54296875" customWidth="1"/>
+    <col min="1" max="1" width="37.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.42578125" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" customWidth="1"/>
+    <col min="4" max="4" width="33.85546875" customWidth="1"/>
+    <col min="5" max="5" width="34.5703125" customWidth="1"/>
     <col min="6" max="6" width="16" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="42.65" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="D2" s="43"/>
+    <row r="1" spans="1:6" ht="42.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B1" s="77"/>
+      <c r="C1" s="77"/>
+      <c r="D1" s="77"/>
+      <c r="E1" s="74" t="s">
+        <v>110</v>
+      </c>
+      <c r="F1" s="75"/>
+    </row>
+    <row r="2" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="51"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
     </row>
-    <row r="3" spans="1:6" ht="23" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="A4" s="28" t="s">
+    <row r="3" spans="1:6" ht="24" x14ac:dyDescent="0.2">
+      <c r="A3" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="23" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B4" s="82"/>
+      <c r="C4" s="82"/>
+      <c r="D4" s="82"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="26"/>
+    </row>
+    <row r="5" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A5" s="30" t="s">
+        <v>114</v>
+      </c>
+      <c r="B5" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="B4" s="81"/>
-[...9 lines deleted...]
-      <c r="B5" s="4" t="s">
+      <c r="C5" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E5" s="34"/>
+      <c r="F5" s="48"/>
+    </row>
+    <row r="6" spans="1:6" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="30" t="s">
+        <v>113</v>
+      </c>
+      <c r="B6" s="54" t="s">
         <v>121</v>
       </c>
-      <c r="C5" s="4" t="s">
+      <c r="C6" s="54" t="s">
         <v>122</v>
       </c>
-      <c r="D5" s="4" t="s">
+      <c r="D6" s="54" t="s">
         <v>123</v>
       </c>
-      <c r="E5" s="35"/>
-[...3 lines deleted...]
-      <c r="A6" s="31" t="s">
+      <c r="E6" s="34"/>
+      <c r="F6" s="48"/>
+    </row>
+    <row r="7" spans="1:6" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A7" s="30" t="s">
+        <v>112</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C7" s="85" t="s">
+        <v>125</v>
+      </c>
+      <c r="D7" s="85"/>
+      <c r="E7" s="34"/>
+      <c r="F7" s="48"/>
+    </row>
+    <row r="8" spans="1:6" ht="69" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="30" t="s">
+        <v>111</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="E8" s="55"/>
+      <c r="F8" s="48"/>
+    </row>
+    <row r="9" spans="1:6" ht="51" x14ac:dyDescent="0.2">
+      <c r="A9" s="30" t="s">
+        <v>129</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="E9" s="34"/>
+      <c r="F9" s="48"/>
+    </row>
+    <row r="10" spans="1:6" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="30" t="s">
         <v>116</v>
       </c>
-      <c r="B6" s="55" t="s">
-[...45 lines deleted...]
-      <c r="B9" s="4" t="s">
+      <c r="B10" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="C9" s="4" t="s">
+      <c r="C10" s="4" t="s">
         <v>134</v>
       </c>
-      <c r="D9" s="4" t="s">
+      <c r="D10" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="E9" s="35"/>
-[...6 lines deleted...]
-      <c r="B10" s="4" t="s">
+      <c r="E10" s="34"/>
+      <c r="F10" s="48"/>
+    </row>
+    <row r="11" spans="1:6" ht="80.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="28" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="4" t="s">
         <v>136</v>
       </c>
-      <c r="C10" s="4" t="s">
+      <c r="C11" s="4" t="s">
         <v>137</v>
       </c>
-      <c r="D10" s="4" t="s">
+      <c r="D11" s="38" t="s">
         <v>138</v>
       </c>
-      <c r="E10" s="35"/>
-[...28 lines deleted...]
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="E11" s="34"/>
+      <c r="F11" s="48"/>
+    </row>
+    <row r="12" spans="1:6" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="84" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" s="84"/>
+      <c r="C12" s="84"/>
+      <c r="D12" s="84"/>
+      <c r="E12" s="84"/>
+      <c r="F12" s="48"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:D4"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="78" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;RCod.: &amp;F</oddHeader>
     <oddFooter>&amp;L__________________________
 www. biolatina.com Versión 9, Edición 05-07-24&amp;RPág. &amp;P de &amp;N</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="80" zoomScaleNormal="85" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="80" workbookViewId="0">
       <selection activeCell="A15" sqref="A15:E15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="37.1796875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="34.54296875" customWidth="1"/>
+    <col min="1" max="1" width="37.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.42578125" customWidth="1"/>
+    <col min="3" max="3" width="32.140625" customWidth="1"/>
+    <col min="4" max="4" width="33.85546875" customWidth="1"/>
+    <col min="5" max="5" width="34.5703125" customWidth="1"/>
     <col min="6" max="6" width="16" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="42.65" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="D2" s="43"/>
+    <row r="1" spans="1:6" ht="42.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="76" t="s">
+        <v>37</v>
+      </c>
+      <c r="B1" s="77"/>
+      <c r="C1" s="77"/>
+      <c r="D1" s="77"/>
+      <c r="E1" s="74" t="s">
+        <v>139</v>
+      </c>
+      <c r="F1" s="75"/>
+    </row>
+    <row r="2" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="51"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
     </row>
-    <row r="3" spans="1:6" ht="23" x14ac:dyDescent="0.25">
-[...26 lines deleted...]
-      <c r="A5" s="31" t="s">
+    <row r="3" spans="1:6" ht="24" x14ac:dyDescent="0.2">
+      <c r="A3" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="23" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" s="24" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B4" s="82"/>
+      <c r="C4" s="82"/>
+      <c r="D4" s="82"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="26"/>
+    </row>
+    <row r="5" spans="1:6" ht="115.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="30" t="s">
+        <v>175</v>
+      </c>
+      <c r="B5" s="58" t="s">
+        <v>166</v>
+      </c>
+      <c r="C5" s="58" t="s">
+        <v>167</v>
+      </c>
+      <c r="D5" s="59" t="s">
+        <v>179</v>
+      </c>
+      <c r="E5" s="34"/>
+      <c r="F5" s="48"/>
+    </row>
+    <row r="6" spans="1:6" ht="26.25" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="61" t="s">
+        <v>174</v>
+      </c>
+      <c r="B6" s="58" t="s">
+        <v>168</v>
+      </c>
+      <c r="C6" s="58" t="s">
+        <v>149</v>
+      </c>
+      <c r="D6" s="59" t="s">
+        <v>150</v>
+      </c>
+      <c r="E6" s="34"/>
+      <c r="F6" s="48"/>
+    </row>
+    <row r="7" spans="1:6" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="61" t="s">
+        <v>173</v>
+      </c>
+      <c r="B7" s="58" t="s">
+        <v>163</v>
+      </c>
+      <c r="C7" s="58" t="s">
+        <v>164</v>
+      </c>
+      <c r="D7" s="59" t="s">
+        <v>165</v>
+      </c>
+      <c r="E7" s="34"/>
+      <c r="F7" s="48"/>
+    </row>
+    <row r="8" spans="1:6" ht="109.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="61" t="s">
+        <v>172</v>
+      </c>
+      <c r="B8" s="58" t="s">
+        <v>176</v>
+      </c>
+      <c r="C8" s="58" t="s">
+        <v>177</v>
+      </c>
+      <c r="D8" s="59" t="s">
         <v>178</v>
       </c>
-      <c r="B5" s="59" t="s">
+      <c r="E8" s="55"/>
+      <c r="F8" s="48"/>
+    </row>
+    <row r="9" spans="1:6" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="61" t="s">
+        <v>171</v>
+      </c>
+      <c r="B9" s="58" t="s">
+        <v>140</v>
+      </c>
+      <c r="C9" s="58" t="s">
+        <v>141</v>
+      </c>
+      <c r="D9" s="59" t="s">
+        <v>142</v>
+      </c>
+      <c r="E9" s="34"/>
+      <c r="F9" s="48"/>
+    </row>
+    <row r="10" spans="1:6" ht="58.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="62" t="s">
+        <v>170</v>
+      </c>
+      <c r="B10" s="58" t="s">
+        <v>143</v>
+      </c>
+      <c r="C10" s="58" t="s">
+        <v>151</v>
+      </c>
+      <c r="D10" s="60" t="s">
+        <v>152</v>
+      </c>
+      <c r="E10" s="34"/>
+      <c r="F10" s="48"/>
+    </row>
+    <row r="11" spans="1:6" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="62" t="s">
         <v>169</v>
       </c>
-      <c r="C5" s="59" t="s">
-[...18 lines deleted...]
-      <c r="D6" s="60" t="s">
+      <c r="B11" s="58" t="s">
+        <v>144</v>
+      </c>
+      <c r="C11" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="D11" s="60" t="s">
+        <v>145</v>
+      </c>
+      <c r="E11" s="34"/>
+      <c r="F11" s="48"/>
+    </row>
+    <row r="12" spans="1:6" ht="51.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="62" t="s">
+        <v>146</v>
+      </c>
+      <c r="B12" s="58" t="s">
         <v>153</v>
       </c>
-      <c r="E6" s="35"/>
-[...57 lines deleted...]
-      <c r="C10" s="59" t="s">
+      <c r="C12" s="58" t="s">
+        <v>160</v>
+      </c>
+      <c r="D12" s="63" t="s">
         <v>154</v>
       </c>
-      <c r="D10" s="61" t="s">
+      <c r="E12" s="34"/>
+      <c r="F12" s="48"/>
+    </row>
+    <row r="13" spans="1:6" ht="39" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="62" t="s">
+        <v>147</v>
+      </c>
+      <c r="B13" s="58" t="s">
         <v>155</v>
       </c>
-      <c r="E10" s="35"/>
-[...12 lines deleted...]
-      <c r="D11" s="61" t="s">
+      <c r="C13" s="58" t="s">
+        <v>161</v>
+      </c>
+      <c r="D13" s="63" t="s">
+        <v>159</v>
+      </c>
+      <c r="E13" s="34"/>
+      <c r="F13" s="48"/>
+    </row>
+    <row r="14" spans="1:6" ht="39" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="62" t="s">
         <v>148</v>
       </c>
-      <c r="E11" s="35"/>
-[...6 lines deleted...]
-      <c r="B12" s="59" t="s">
+      <c r="B14" s="58" t="s">
         <v>156</v>
       </c>
-      <c r="C12" s="59" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="64" t="s">
+      <c r="C14" s="58" t="s">
         <v>157</v>
       </c>
-      <c r="E12" s="35"/>
-[...6 lines deleted...]
-      <c r="B13" s="59" t="s">
+      <c r="D14" s="63" t="s">
         <v>158</v>
       </c>
-      <c r="C13" s="59" t="s">
-[...32 lines deleted...]
-      <c r="F15" s="49">
+      <c r="E14" s="34"/>
+      <c r="F14" s="48"/>
+    </row>
+    <row r="15" spans="1:6" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="84" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" s="84"/>
+      <c r="C15" s="84"/>
+      <c r="D15" s="84"/>
+      <c r="E15" s="84"/>
+      <c r="F15" s="48">
         <f>SUM(F5:F11)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="A15:E15"/>
   </mergeCells>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="78" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="landscape" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;RCod.: &amp;F</oddHeader>
     <oddFooter>&amp;L__________________________
 www. biolatina.com Versión 9, Edición 05-07-24&amp;RPág. &amp;P de &amp;N</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="B2:B4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C12" sqref="C11:C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
-    <row r="2" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="2:2" ht="26" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:2" ht="25.5" x14ac:dyDescent="0.2">
       <c r="B3" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B4" t="s">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Procedimiento</vt:lpstr>
       <vt:lpstr>1. General</vt:lpstr>
       <vt:lpstr>2. SIC - SIG</vt:lpstr>
       <vt:lpstr>3. Trazabilidad</vt:lpstr>
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BioLatina</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">