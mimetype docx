--- v0 (2025-10-10)
+++ v1 (2026-03-22)
@@ -10,241 +10,270 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0771C5C6" w14:textId="39301B90" w:rsidR="00F3531E" w:rsidRPr="001446CC" w:rsidRDefault="00F3531E" w:rsidP="007C451F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent1" w:themeFillTint="66"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001446CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>SOLICITUD INTERNA DE CERTIFICACIÓN Y EMISIÓN DE CERTIFICADO MASTER</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69507EF2" w14:textId="77777777" w:rsidR="00985B67" w:rsidRPr="002B68DA" w:rsidRDefault="00985B67" w:rsidP="0026167D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A1368A9" w14:textId="3158C1DF" w:rsidR="005604A8" w:rsidRPr="00D97CA4" w:rsidRDefault="00F3531E" w:rsidP="0026167D">
+    <w:p w14:paraId="5A1368A9" w14:textId="0CB4D647" w:rsidR="005604A8" w:rsidRPr="00D97CA4" w:rsidRDefault="00F3531E" w:rsidP="0026167D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D97CA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Nota: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D97CA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Llenado de parte </w:t>
       </w:r>
       <w:r w:rsidRPr="00D97CA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00D97CA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> por la representación nacional/coordinador y lo envía al certificador que estuvo como responsable de revisión del informe de inspecció</w:t>
+        <w:t xml:space="preserve"> por la </w:t>
+      </w:r>
+      <w:r w:rsidR="003B540D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>oficina local</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97CA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/coordinador y lo envía al certificador que estuvo como responsable de </w:t>
+      </w:r>
+      <w:r w:rsidR="003B540D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la toma de decisión </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97CA4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>del informe de inspecció</w:t>
       </w:r>
       <w:r w:rsidR="00985B67">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>n.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A3080B" w14:textId="77777777" w:rsidR="005604A8" w:rsidRPr="002B68DA" w:rsidRDefault="005604A8" w:rsidP="0026167D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblW w:w="10070" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10378" w:type="dxa"/>
         <w:tblInd w:w="-40" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2724"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="26"/>
+        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="429"/>
+        <w:gridCol w:w="1066"/>
+        <w:gridCol w:w="1344"/>
+        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D97CA4" w:rsidRPr="00E02A56" w14:paraId="69C46A10" w14:textId="77777777" w:rsidTr="00B84024">
-[...2 lines deleted...]
-            <w:tcW w:w="2724" w:type="dxa"/>
+      <w:tr w:rsidR="003B540D" w:rsidRPr="00E02A56" w14:paraId="69C46A10" w14:textId="77777777" w:rsidTr="008A3DF2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29100B9E" w14:textId="1FA9B97C" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="005604A8" w:rsidP="007C451F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="29100B9E" w14:textId="1FA9B97C" w:rsidR="003B540D" w:rsidRPr="00985B67" w:rsidRDefault="003B540D" w:rsidP="007C451F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Código del operador</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2809" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66422176" w14:textId="2CBD3781" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="002B68DA" w:rsidP="005604A8">
-[...5 lines deleted...]
-                <w:lang w:val="es-ES_tradnl"/>
+          <w:p w14:paraId="3E3481E7" w14:textId="30CE9FEC" w:rsidR="003B540D" w:rsidRPr="003B540D" w:rsidRDefault="003B540D" w:rsidP="003B540D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="UPPERCASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Texto96"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -308,3842 +337,4786 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00982692">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3105" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="120AA062" w14:textId="22E7A639" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="005604A8" w:rsidP="007C451F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="120AA062" w14:textId="0A5A1DC3" w:rsidR="003B540D" w:rsidRPr="00985B67" w:rsidRDefault="003B540D" w:rsidP="007C451F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Fecha de aniversario</w:t>
             </w:r>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
-                <w:rStyle w:val="Refdenotaalpie"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB79463" w14:textId="1346B74E" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="005604A8" w:rsidP="00D97CA4">
+          <w:p w14:paraId="3CB79463" w14:textId="1346B74E" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="00D97CA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00985B67" w:rsidRPr="00E02A56" w14:paraId="5278A3B0" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="003B540D" w:rsidRPr="00E02A56" w14:paraId="5278A3B0" w14:textId="77777777" w:rsidTr="008A3DF2">
         <w:trPr>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5533" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EDBF732" w14:textId="1BB7A2D7" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="005604A8" w:rsidP="007C451F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="6245F41A" w14:textId="2E255BCC" w:rsidR="003B540D" w:rsidRPr="003B540D" w:rsidRDefault="003B540D" w:rsidP="003924DF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>Fecha de contrato o última adenda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07A72A76" w14:textId="6EB3F035" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="005604A8" w:rsidP="005604A8">
+          <w:p w14:paraId="07A72A76" w14:textId="7F68605E" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="005604A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1054" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3314968F" w14:textId="2EF15622" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="005604A8" w:rsidP="00E15CFC">
+          <w:p w14:paraId="3314968F" w14:textId="2EF15622" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="00E15CFC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>BB1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1047" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37E0AD70" w14:textId="557CE232" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="005604A8" w:rsidP="00D97CA4">
+          <w:p w14:paraId="37E0AD70" w14:textId="557CE232" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="00D97CA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1432" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55B316A5" w14:textId="1D4E92E2" w:rsidR="005604A8" w:rsidRPr="00985B67" w:rsidRDefault="005604A8" w:rsidP="00D97CA4">
+          <w:p w14:paraId="55B316A5" w14:textId="1D4E92E2" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="00D97CA4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B84024" w:rsidRPr="00E02A56" w14:paraId="54C5A348" w14:textId="77777777" w:rsidTr="00B84024">
-[...2 lines deleted...]
-            <w:tcW w:w="2724" w:type="dxa"/>
+      <w:tr w:rsidR="009E40EA" w:rsidRPr="00E02A56" w14:paraId="54C5A348" w14:textId="77777777" w:rsidTr="008A3DF2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="0BEEB32E" w14:textId="61824918" w:rsidR="00B84024" w:rsidRPr="00985B67" w:rsidRDefault="00B84024" w:rsidP="007C451F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="488BE2B0" w14:textId="639083F4" w:rsidR="009E40EA" w:rsidRPr="009E40EA" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E40EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00985B67">
+              <w:t>Código del</w:t>
+            </w:r>
+            <w:r w:rsidR="004638D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/los</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E40EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Informe</w:t>
+            </w:r>
+            <w:r w:rsidR="004638D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E40EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de inspección</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D821B0F" w14:textId="30B27053" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="00E15CFC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0354F747" w14:textId="579EBB3E" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="00E15CFC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>DB1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9F16C3" w14:textId="081311E0" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="00D97CA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B32BE92" w14:textId="40648A9A" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="00D97CA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E40EA" w:rsidRPr="00E02A56" w14:paraId="694A27E1" w14:textId="77777777" w:rsidTr="008A3DF2">
+        <w:trPr>
+          <w:trHeight w:val="217"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2643B74F" w14:textId="68121F66" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="00E15CFC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFC093D" w14:textId="39845F2B" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="00E15CFC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FB665D" w14:textId="10ED3D48" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="00E15CFC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>DB2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F92EBB4" w14:textId="5EA17226" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="00D97CA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B67D459" w14:textId="72A50959" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="00D97CA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B540D" w:rsidRPr="00E02A56" w14:paraId="66B0903A" w14:textId="77777777" w:rsidTr="008A3DF2">
+        <w:trPr>
+          <w:trHeight w:val="57"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F5D6204" w14:textId="3A47C3E3" w:rsidR="003B540D" w:rsidRPr="003B540D" w:rsidRDefault="003B540D" w:rsidP="003B540D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B540D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Código del inspector(es) que realizó la inspección</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="080444AB" w14:textId="46F1A540" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="00E15CFC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>INS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CB141D" w14:textId="35770A20" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="00DC389B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CF54A8" w14:textId="32CC4511" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="00D97CA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF73B73" w14:textId="6182760A" w:rsidR="003B540D" w:rsidRPr="003924DF" w:rsidRDefault="003B540D" w:rsidP="00D97CA4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004638D5" w:rsidRPr="00E02A56" w14:paraId="4C17E986" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FCA444" w14:textId="2BCE8A83" w:rsidR="004638D5" w:rsidRPr="00F94A62" w:rsidRDefault="004638D5" w:rsidP="004638D5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-NI"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Tipo de operador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2980" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F366B71" w14:textId="421BC72E" w:rsidR="004638D5" w:rsidRPr="00F94A62" w:rsidRDefault="004638D5" w:rsidP="004638D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Código del Informe de inspección</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2809" w:type="dxa"/>
+              <w:t>Grupo de operadores (UE), Grupo de productores (NOP)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C4A45E" w14:textId="61B74901" w:rsidR="004638D5" w:rsidRPr="003924DF" w:rsidRDefault="00000000" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="612866639"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B45CD5">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E28D95" w14:textId="30AB1B93" w:rsidR="004638D5" w:rsidRPr="004638D5" w:rsidRDefault="004638D5" w:rsidP="004638D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004638D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Número total de fincas inspeccionadas (SIC):  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F5C930C" w14:textId="7100675D" w:rsidR="00B84024" w:rsidRPr="00B84024" w:rsidRDefault="00B84024" w:rsidP="00A832D2">
+          <w:p w14:paraId="455E4207" w14:textId="2F4DA5AE" w:rsidR="004638D5" w:rsidRPr="003924DF" w:rsidRDefault="004638D5" w:rsidP="004638D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004638D5" w:rsidRPr="002E462E" w14:paraId="553C04B6" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DCA359" w14:textId="77777777" w:rsidR="004638D5" w:rsidRPr="00F94A62" w:rsidRDefault="004638D5" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2980" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09737B41" w14:textId="1D95A815" w:rsidR="004638D5" w:rsidRPr="00F94A62" w:rsidRDefault="004638D5" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4C3213" w14:textId="6E0DAC3E" w:rsidR="004638D5" w:rsidRDefault="004638D5" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2976FFB1" w14:textId="585DD681" w:rsidR="004638D5" w:rsidRPr="00255053" w:rsidRDefault="004638D5" w:rsidP="00F94A62">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:lang w:val="es-CL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Área producción vegetal</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B84024">
+              <w:t xml:space="preserve">Número de fincas visitadas por BL  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> % de visitas </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
-                <w:id w:val="-1414083036"/>
+                <w:id w:val="-93092327"/>
+                <w:showingPlcHdr/>
+                <w:text/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="003924DF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:val="es-CO"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">     </w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004638D5" w:rsidRPr="00E02A56" w14:paraId="568F237B" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="47411249" w14:textId="77777777" w:rsidR="004638D5" w:rsidRPr="00F94A62" w:rsidRDefault="004638D5" w:rsidP="004638D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2980" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="266766DE" w14:textId="2ED9463C" w:rsidR="004638D5" w:rsidRPr="003924DF" w:rsidRDefault="004638D5" w:rsidP="004638D5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94A62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>Individual</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E21F26" w14:textId="6068286A" w:rsidR="004638D5" w:rsidRPr="003924DF" w:rsidRDefault="00000000" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="691275666"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00B84024">
+                <w:r w:rsidR="004638D5">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...2 lines deleted...]
-                    <w:lang w:val="es-CO"/>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...119 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0354F747" w14:textId="579EBB3E" w:rsidR="00B84024" w:rsidRPr="00985B67" w:rsidRDefault="00B84024" w:rsidP="00E15CFC">
-[...253 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="68D1E01A" w14:textId="77777777" w:rsidR="004638D5" w:rsidRPr="003924DF" w:rsidRDefault="004638D5" w:rsidP="004638D5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B84024" w:rsidRPr="00E02A56" w14:paraId="694A27E1" w14:textId="77777777" w:rsidTr="00B84024">
-[...81 lines deleted...]
-            <w:gridSpan w:val="2"/>
+      <w:tr w:rsidR="009E40EA" w:rsidRPr="00E02A56" w14:paraId="68673D16" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...548 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D49887" w14:textId="77777777" w:rsidR="009E40EA" w:rsidRPr="009E40EA" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
+            <w:r w:rsidRPr="009E40EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Código del inspector(es) que realizó la inspección</w:t>
-[...401 lines deleted...]
-              </w:numPr>
+              <w:t>Actividades del operador</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26A7B783" w14:textId="2CC48A53" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...19 lines deleted...]
-            <w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2980" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B37D936" w14:textId="141F0C4A" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="009E40EA" w:rsidP="003924DF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>Producción vegetal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC7CD1B" w14:textId="34DB95A7" w:rsidR="009E40EA" w:rsidRPr="004638D5" w:rsidRDefault="00000000" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...448 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:lang w:val="es-CO"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
                 </w:rPr>
                 <w:id w:val="-2085756917"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="009E40EA" w:rsidRPr="004638D5">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:lang w:val="es-CO"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:noProof/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4537" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08E5868B" w14:textId="5AE9AF56" w:rsidR="00B84024" w:rsidRPr="00A832D2" w:rsidRDefault="00B84024" w:rsidP="00A832D2">
-[...11 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="5C8B3BB2" w14:textId="7C6A0E62" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="004638D5" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="32" w:right="-105"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t xml:space="preserve">Individual </w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Preparación/Transformación     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E5868B" w14:textId="68055FE7" w:rsidR="009E40EA" w:rsidRPr="004638D5" w:rsidRDefault="00000000" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:lang w:val="es-CO"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
                 </w:rPr>
-                <w:id w:val="-202556785"/>
+                <w:id w:val="-429194079"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="00A832D2">
+                <w:r w:rsidR="009E40EA" w:rsidRPr="004638D5">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
-                    <w:lang w:val="es-CO"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:noProof/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B84024" w:rsidRPr="00E02A56" w14:paraId="30575CAB" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="009E40EA" w:rsidRPr="00E02A56" w14:paraId="64434AD8" w14:textId="77777777" w:rsidTr="00B45CD5">
         <w:trPr>
-          <w:trHeight w:val="57"/>
+          <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17373E95" w14:textId="77777777" w:rsidR="00B84024" w:rsidRPr="00985B67" w:rsidRDefault="00B84024" w:rsidP="0026167D">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="754BE8AD" w14:textId="77777777" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2809" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vMerge/>
+            <w:tcW w:w="2980" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="723AC061" w14:textId="77777777" w:rsidR="00B84024" w:rsidRPr="00A832D2" w:rsidRDefault="00B84024" w:rsidP="0026167D">
+          <w:p w14:paraId="164D8814" w14:textId="2946CD82" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="004638D5" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...13 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Distribución/Comercialización   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D10EAC1" w14:textId="77777777" w:rsidR="009E40EA" w:rsidRPr="004638D5" w:rsidRDefault="00000000" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:lang w:val="es-CO"/>
-[...356 lines deleted...]
-                  <w:lang w:val="es-CO"/>
+                  <w:bCs/>
+                  <w:noProof/>
                 </w:rPr>
                 <w:id w:val="967012145"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="009E40EA" w:rsidRPr="004638D5">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
-                    <w:lang w:val="es-CO"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:noProof/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0AB705" w14:textId="6DDA61DF" w:rsidR="009E40EA" w:rsidRPr="009E40EA" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:ind w:left="32" w:right="-105"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E40EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>Almacenamiento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="135CA56F" w14:textId="4ED65E0C" w:rsidR="009E40EA" w:rsidRPr="004638D5" w:rsidRDefault="00000000" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="-619296373"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="009E40EA" w:rsidRPr="004638D5">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B84024" w:rsidRPr="00E02A56" w14:paraId="384E3EAE" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="009E40EA" w:rsidRPr="00E02A56" w14:paraId="384E3EAE" w14:textId="77777777" w:rsidTr="00B45CD5">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28128647" w14:textId="77777777" w:rsidR="00B84024" w:rsidRPr="00985B67" w:rsidRDefault="00B84024" w:rsidP="0026167D">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="28128647" w14:textId="77777777" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7346" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="2980" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2AC73BCF" w14:textId="3090A09D" w:rsidR="00B84024" w:rsidRPr="00A832D2" w:rsidRDefault="00B84024" w:rsidP="00A832D2">
+          <w:p w14:paraId="00734FF4" w14:textId="68C3545D" w:rsidR="009E40EA" w:rsidRPr="003924DF" w:rsidRDefault="004638D5" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A832D2">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>Distribución</w:t>
-[...16 lines deleted...]
-            </w:r>
+              <w:t>Exportación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1430C0A2" w14:textId="77777777" w:rsidR="009E40EA" w:rsidRPr="004638D5" w:rsidRDefault="00000000" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:lang w:val="es-CO"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
                 </w:rPr>
                 <w:id w:val="1496850796"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="009E40EA" w:rsidRPr="004638D5">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
-                    <w:lang w:val="es-CO"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:noProof/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5AD228" w14:textId="0AFF4641" w:rsidR="009E40EA" w:rsidRPr="009E40EA" w:rsidRDefault="004638D5" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:ind w:left="32" w:right="-105"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E40EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>Importación (Nacional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC73BCF" w14:textId="674B1700" w:rsidR="009E40EA" w:rsidRPr="004638D5" w:rsidRDefault="00000000" w:rsidP="004638D5">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="566612834"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="009E40EA" w:rsidRPr="004638D5">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C72DC" w:rsidRPr="00E02A56" w14:paraId="782C7AA7" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="00E01E8D" w:rsidRPr="00E02A56" w14:paraId="38B08C52" w14:textId="77777777" w:rsidTr="00B45CD5">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5533" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="25B70144" w14:textId="78845F09" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00042BC3">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="66F0F0BB" w14:textId="478D701C" w:rsidR="00E01E8D" w:rsidRPr="00E01E8D" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00985B67">
+              <w:t>Categoría o categorías de productos (UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7091" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B7244F" w14:textId="7BE1BE6C" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:ind w:left="32" w:right="-105"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a)  vegetales y productos vegetales no transformados, incluidas las semillas y demás materiales de reproducción vegetal </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F8A3CC" w14:textId="2621FB18" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="-1421021851"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E01E8D" w:rsidRPr="008F36A8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01E8D" w:rsidRPr="002E462E" w14:paraId="6A9F3C81" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC9871D" w14:textId="77777777" w:rsidR="00E01E8D" w:rsidRPr="00985B67" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="615129F7" w14:textId="413E19F0" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="1497388066"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E01E8D" w:rsidRPr="008F36A8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A149F5" w14:textId="09C6A311" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+              <w:t>producción ecológica excepto durante el período de conversión</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01E8D" w:rsidRPr="002E462E" w14:paraId="54D6D2DD" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3525DD6D" w14:textId="77777777" w:rsidR="00E01E8D" w:rsidRPr="00255053" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-CL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08AC7B36" w14:textId="0675E043" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="402883734"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E01E8D" w:rsidRPr="008F36A8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFAAD4A" w14:textId="57461E75" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+              <w:t>producción durante el período de conversión</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01E8D" w:rsidRPr="002E462E" w14:paraId="59B39E28" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5064401A" w14:textId="77777777" w:rsidR="00E01E8D" w:rsidRPr="00255053" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-CL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FBFACA" w14:textId="7329162C" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="2055268934"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E01E8D" w:rsidRPr="008F36A8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D273DC" w14:textId="049F7488" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+              <w:t>producción ecológica con producción no ecológica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01E8D" w:rsidRPr="00E02A56" w14:paraId="11BFDE46" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A06E69" w14:textId="77777777" w:rsidR="00E01E8D" w:rsidRPr="00255053" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-CL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7091" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="42AE0255" w14:textId="4CA337CF" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:ind w:left="32" w:right="-105"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">d)  productos agrarios transformados, incluidos los productos de la acuicultura, destinados a ser utilizados para la alimentación humana </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="289C5D9B" w14:textId="0029862D" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:ind w:left="-112" w:right="-105"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="1079873013"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E01E8D" w:rsidRPr="008F36A8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01E8D" w:rsidRPr="00E02A56" w14:paraId="2E33C35A" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BEEA8A" w14:textId="77777777" w:rsidR="00E01E8D" w:rsidRPr="00985B67" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F387212" w14:textId="54A01C03" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="1807359191"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E01E8D" w:rsidRPr="008F36A8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="663584C7" w14:textId="2B367CB3" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">producción ecológica </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01E8D" w:rsidRPr="002E462E" w14:paraId="62BC1429" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DA0D3E" w14:textId="77777777" w:rsidR="00E01E8D" w:rsidRPr="00985B67" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="523ACA2E" w14:textId="1D5F775C" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="-1124616741"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E01E8D" w:rsidRPr="008F36A8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="719B0281" w14:textId="0A918653" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+              <w:t>producción durante el período de conversión</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01E8D" w:rsidRPr="002E462E" w14:paraId="762C9E50" w14:textId="77777777" w:rsidTr="00B45CD5">
+        <w:trPr>
+          <w:trHeight w:val="268"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="645E4820" w14:textId="77777777" w:rsidR="00E01E8D" w:rsidRPr="00255053" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-CL"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1001EEA9" w14:textId="7272B6D9" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                </w:rPr>
+                <w:id w:val="-21935206"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E01E8D" w:rsidRPr="008F36A8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DF00C0" w14:textId="3CE428A0" w:rsidR="00E01E8D" w:rsidRPr="008F36A8" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-BO"/>
+              </w:rPr>
+              <w:t>producción ecológica con producción no ecológica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E40EA" w:rsidRPr="00E02A56" w14:paraId="782C7AA7" w14:textId="77777777" w:rsidTr="008A3DF2">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E29778" w14:textId="72539044" w:rsidR="009E40EA" w:rsidRPr="003B540D" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003924DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t>Fecha de Inspección</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="501C4E36" w14:textId="55D5FDF3" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00135A75">
+          <w:p w14:paraId="501C4E36" w14:textId="62CEF039" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>del</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F13BC4" w14:textId="7B71EBDF" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00135A75">
+          <w:p w14:paraId="68F13BC4" w14:textId="7B71EBDF" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...58 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="415" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="098EB95B" w14:textId="351D9755" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00135A75">
+          <w:p w14:paraId="098EB95B" w14:textId="351D9755" w:rsidR="009E40EA" w:rsidRPr="008A3DF2" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>al</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41A52941" w14:textId="125AC6A0" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00135A75">
+          <w:p w14:paraId="41A52941" w14:textId="125AC6A0" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...58 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C72DC" w14:paraId="0FF98033" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="009E40EA" w14:paraId="0FF98033" w14:textId="77777777" w:rsidTr="008A3DF2">
         <w:trPr>
           <w:trHeight w:val="88"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5533" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69A2A85B" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="0026167D">
-[...19 lines deleted...]
-          <w:p w14:paraId="416CF7CC" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="00135A75">
+          <w:p w14:paraId="5D4C78BE" w14:textId="77777777" w:rsidR="009E40EA" w:rsidRPr="0047714E" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6B12DF" w14:textId="4DC291C9" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="00135A75">
+          <w:p w14:paraId="416CF7CC" w14:textId="0AD9B6F5" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6B12DF" w14:textId="4DC291C9" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00925B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00925B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00925B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0047714E">
+              <w:t>aa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BFAC9D" w14:textId="77777777" w:rsidR="009E40EA" w:rsidRPr="008A3DF2" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5517E002" w14:textId="6E063198" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00925B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:lang w:val="es-CO"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>aa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C72DC" w14:paraId="3D34B724" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="009E40EA" w14:paraId="3D34B724" w14:textId="77777777" w:rsidTr="008A3DF2">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6537" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6551" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="08CEDE8B" w14:textId="1D3485EB" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00042BC3">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="08CEDE8B" w14:textId="59C10383" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Período vegetativo o de cosecha</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35CDE5DD" w14:textId="6A604307" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00042BC3">
+          <w:p w14:paraId="35CDE5DD" w14:textId="6A604307" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
@@ -4237,86 +5210,84 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="415" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36F82575" w14:textId="5AC51BA7" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00042BC3">
+          <w:p w14:paraId="36F82575" w14:textId="5AC51BA7" w:rsidR="009E40EA" w:rsidRPr="008A3DF2" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="21"/>
-                <w:szCs w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5CABB9" w14:textId="4F0D4FD6" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00042BC3">
+          <w:p w14:paraId="4B5CABB9" w14:textId="4F0D4FD6" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
@@ -4409,851 +5380,959 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C72DC" w14:paraId="33A60C61" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="009E40EA" w14:paraId="33A60C61" w14:textId="77777777" w:rsidTr="008A3DF2">
         <w:trPr>
           <w:trHeight w:val="58"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6537" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6551" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="03081EE9" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="0026167D">
+          </w:tcPr>
+          <w:p w14:paraId="03081EE9" w14:textId="0013336D" w:rsidR="009E40EA" w:rsidRPr="0047714E" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1595" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C82E004" w14:textId="4AB467C7" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="00042BC3">
+          <w:p w14:paraId="4C82E004" w14:textId="4AB467C7" w:rsidR="009E40EA" w:rsidRPr="0047714E" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0047714E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>mm/aa</w:t>
-[...12 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0047714E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>aa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E349E34" w14:textId="637F1714" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="00042BC3">
+          <w:p w14:paraId="53D8D70A" w14:textId="77777777" w:rsidR="009E40EA" w:rsidRPr="0047714E" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0047714E">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E349E34" w14:textId="637F1714" w:rsidR="009E40EA" w:rsidRPr="0047714E" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>mm/aa</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="0047714E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0047714E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>aa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00985B67" w14:paraId="5FD922AA" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="009E40EA" w14:paraId="5FD922AA" w14:textId="77777777" w:rsidTr="008A3DF2">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39268F39" w14:textId="2B023537" w:rsidR="007C451F" w:rsidRPr="00985B67" w:rsidRDefault="007C451F" w:rsidP="007C451F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="39268F39" w14:textId="2B023537" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lugar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1496" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17515E38" w14:textId="7AA6DF34" w:rsidR="007C451F" w:rsidRPr="00985B67" w:rsidRDefault="00E02A56" w:rsidP="0026167D">
+          <w:p w14:paraId="17515E38" w14:textId="7AA6DF34" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ciudad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2317" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="2336" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="27983C06" w14:textId="0C27C087" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16437611" w14:textId="7D7712EA" w:rsidR="007C451F" w:rsidRPr="00985B67" w:rsidRDefault="00E02A56" w:rsidP="0026167D">
+          <w:p w14:paraId="16437611" w14:textId="7D7712EA" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2819" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68AA1449" w14:textId="1464D0B1" w:rsidR="007C451F" w:rsidRPr="00985B67" w:rsidRDefault="00E02A56" w:rsidP="00E02A56">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="68AA1449" w14:textId="1464D0B1" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D93E46" w14:paraId="27DD3216" w14:textId="77777777" w:rsidTr="00B84024">
+      <w:tr w:rsidR="009E40EA" w14:paraId="27DD3216" w14:textId="77777777" w:rsidTr="008A3DF2">
         <w:trPr>
           <w:trHeight w:val="368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2724" w:type="dxa"/>
+            <w:tcW w:w="2720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C964FFA" w14:textId="59614C1B" w:rsidR="00D93E46" w:rsidRPr="007C6E37" w:rsidRDefault="00D93E46" w:rsidP="007C6E37">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="4C964FFA" w14:textId="08D908C6" w:rsidR="009E40EA" w:rsidRPr="007C6E37" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre </w:t>
             </w:r>
-            <w:r w:rsidR="007C6E37">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">y Apellido </w:t>
             </w:r>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>del solicitante</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2909" w:type="dxa"/>
+              <w:t xml:space="preserve">del </w:t>
+            </w:r>
+            <w:r w:rsidR="000029F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>coordinador (a)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="3F460A08" w14:textId="7F0A62D8" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2914" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CFB9EDB" w14:textId="5FDA9203" w:rsidR="00D93E46" w:rsidRPr="007C6E37" w:rsidRDefault="00D93E46" w:rsidP="007C6E37">
-[...1 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          <w:p w14:paraId="7CFB9EDB" w14:textId="5FDA9203" w:rsidR="009E40EA" w:rsidRPr="007C6E37" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C6E37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">Código del solicitante    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1523" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10A5132C" w14:textId="24ED7957" w:rsidR="00D93E46" w:rsidRPr="00985B67" w:rsidRDefault="00D93E46" w:rsidP="00E15CFC">
-[...4 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="10A5132C" w14:textId="24ED7957" w:rsidR="009E40EA" w:rsidRPr="00925B24" w:rsidRDefault="009E40EA" w:rsidP="008A3DF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925B24">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D93E46" w14:paraId="6C7D29BA" w14:textId="4F392711" w:rsidTr="00B84024">
+      <w:tr w:rsidR="009E40EA" w14:paraId="6C7D29BA" w14:textId="4F392711" w:rsidTr="008A3DF2">
         <w:trPr>
           <w:trHeight w:val="388"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5633" w:type="dxa"/>
+            <w:tcW w:w="5559" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-            <w:vAlign w:val="center"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Prrafodelista"/>
+          </w:tcPr>
+          <w:p w14:paraId="430745A2" w14:textId="3EA0AA06" w:rsidR="009E40EA" w:rsidRPr="007C6E37" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D93E46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Correo electrónico institucional del que se envía</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4437" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9C8ADF" w14:textId="526E4F94" w:rsidR="00D93E46" w:rsidRPr="00985B67" w:rsidRDefault="00D93E46" w:rsidP="00D93E46">
+          <w:p w14:paraId="5E9C8ADF" w14:textId="526E4F94" w:rsidR="009E40EA" w:rsidRPr="00985B67" w:rsidRDefault="009E40EA" w:rsidP="009E40EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
@@ -5364,51 +6443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0026167D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">B. DICTAMEN/DECISIÓN DE CERTIFICACIÓN </w:t>
       </w:r>
       <w:r w:rsidRPr="0026167D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(Llenado exclusivo por Certificador)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EE19229" w14:textId="09E17C53" w:rsidR="0026167D" w:rsidRPr="00F93262" w:rsidRDefault="0026167D" w:rsidP="0026167D">
+    <w:p w14:paraId="5EE19229" w14:textId="28487531" w:rsidR="0026167D" w:rsidRPr="00F93262" w:rsidRDefault="0026167D" w:rsidP="0026167D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Nota: </w:t>
       </w:r>
       <w:r w:rsidR="00747E62" w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>El c</w:t>
       </w:r>
@@ -5433,100 +6512,117 @@
       <w:r w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">dictamen y envía </w:t>
       </w:r>
       <w:r w:rsidR="00E15CFC" w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>este</w:t>
       </w:r>
       <w:r w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a la repr</w:t>
+        <w:t xml:space="preserve"> a la </w:t>
+      </w:r>
+      <w:r w:rsidR="008A3DF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>oficina local</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3DF2" w:rsidRPr="00F93262">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E15CFC" w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t>esentación nacional/coordinador</w:t>
+        <w:t>/coordinador</w:t>
       </w:r>
       <w:r w:rsidR="002910D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>, para su gestión con la Unidad de Emisión de Certificados Master</w:t>
       </w:r>
       <w:r w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0467A294" w14:textId="77777777" w:rsidR="007219ED" w:rsidRPr="00C465E2" w:rsidRDefault="007219ED" w:rsidP="007219ED">
       <w:pPr>
         <w:ind w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0485C7FA" w14:textId="25DF7A7C" w:rsidR="0026167D" w:rsidRDefault="007B39FF" w:rsidP="00291EDF">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="286"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="0089265D">
         <w:rPr>
@@ -5549,51 +6645,51 @@
         <w:t xml:space="preserve"> comunicación de No conformidades con base en los hallazgos durante la inspección:</w:t>
       </w:r>
       <w:r w:rsidR="0026167D" w:rsidRPr="0026167D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C9604A" w14:textId="77777777" w:rsidR="0026167D" w:rsidRPr="00E15CFC" w:rsidRDefault="0026167D" w:rsidP="00291EDF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9809" w:type="dxa"/>
         <w:tblInd w:w="142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="288"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E15CFC" w:rsidRPr="005F689A" w14:paraId="4ABAEDB7" w14:textId="77777777" w:rsidTr="002910D0">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
@@ -5622,518 +6718,530 @@
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D2DCCD8" w14:textId="77777777" w:rsidR="0026167D" w:rsidRPr="005F689A" w:rsidRDefault="0026167D" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="311823AE" w14:textId="19C824BD" w:rsidR="0026167D" w:rsidRPr="005F689A" w:rsidRDefault="00985B67" w:rsidP="00291EDF">
+          <w:p w14:paraId="311823AE" w14:textId="19C824BD" w:rsidR="0026167D" w:rsidRPr="008F36A8" w:rsidRDefault="00985B67" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="061DA04F" w14:textId="7742771A" w:rsidR="0026167D" w:rsidRPr="005F689A" w:rsidRDefault="0026167D" w:rsidP="00291EDF">
+          <w:p w14:paraId="061DA04F" w14:textId="7742771A" w:rsidR="0026167D" w:rsidRPr="008F36A8" w:rsidRDefault="0026167D" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>ME</w:t>
             </w:r>
-            <w:r w:rsidR="008920ED" w:rsidRPr="005F689A">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="008920ED" w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="399B9EDD" w14:textId="2E363497" w:rsidR="0026167D" w:rsidRPr="005F689A" w:rsidRDefault="00985B67" w:rsidP="00291EDF">
+          <w:p w14:paraId="399B9EDD" w14:textId="2E363497" w:rsidR="0026167D" w:rsidRPr="008F36A8" w:rsidRDefault="00985B67" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="222A458D" w14:textId="708C403C" w:rsidR="0026167D" w:rsidRPr="005F689A" w:rsidRDefault="00985B67" w:rsidP="00291EDF">
+          <w:p w14:paraId="222A458D" w14:textId="708C403C" w:rsidR="0026167D" w:rsidRPr="008F36A8" w:rsidRDefault="00985B67" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D047578" w14:textId="77777777" w:rsidR="00985B67" w:rsidRPr="005F689A" w:rsidRDefault="00985B67" w:rsidP="00291EDF">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AACE30A" w14:textId="2C074C93" w:rsidR="0089265D" w:rsidRPr="005F689A" w:rsidRDefault="007B39FF" w:rsidP="00291EDF">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="286"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00175AEC" w:rsidRPr="005F689A">
         <w:rPr>
@@ -6165,72 +7273,72 @@
         </w:rPr>
         <w:t>idades con base a la evidencia presentada por el operador</w:t>
       </w:r>
       <w:r w:rsidR="0089265D" w:rsidRPr="005F689A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0089265D" w:rsidRPr="005F689A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9809" w:type="dxa"/>
         <w:tblInd w:w="142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="288"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0089265D" w:rsidRPr="001E7D2B" w14:paraId="77C5439D" w14:textId="77777777" w:rsidTr="007C6E37">
+      <w:tr w:rsidR="0089265D" w:rsidRPr="002E462E" w14:paraId="77C5439D" w14:textId="77777777" w:rsidTr="007C6E37">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DF342A9" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="005F689A" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38511B2C" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="005F689A" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
@@ -6342,510 +7450,520 @@
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08D828B6" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="005F689A" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="679E8BB5" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="005F689A" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
+          <w:p w14:paraId="679E8BB5" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="008F36A8" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4862846E" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="005F689A" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
+          <w:p w14:paraId="4862846E" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="008F36A8" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>ME2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="067F5C76" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="005F689A" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
+          <w:p w14:paraId="067F5C76" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="008F36A8" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F0ACEF1" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="00175AEC" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
+          <w:p w14:paraId="5F0ACEF1" w14:textId="77777777" w:rsidR="0089265D" w:rsidRPr="008F36A8" w:rsidRDefault="0089265D" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="53D03486" w14:textId="77777777" w:rsidR="00985B67" w:rsidRDefault="00985B67" w:rsidP="00291EDF">
+    <w:p w14:paraId="40B3E36B" w14:textId="51DCFC57" w:rsidR="008F36A8" w:rsidRDefault="008F36A8" w:rsidP="008F36A8">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="286"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CB85188" w14:textId="4D271FBE" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+    <w:p w14:paraId="6CB85188" w14:textId="51ABA3B3" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="286"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="005F689A">
         <w:rPr>
@@ -6887,72 +8005,72 @@
         </w:rPr>
         <w:t>en caso de no levantar las No conformidades</w:t>
       </w:r>
       <w:r w:rsidRPr="005F689A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="005F689A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9809" w:type="dxa"/>
         <w:tblInd w:w="142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4957"/>
         <w:gridCol w:w="288"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="1141"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00291EDF" w:rsidRPr="001E7D2B" w14:paraId="06216957" w14:textId="77777777" w:rsidTr="0031634B">
+      <w:tr w:rsidR="00291EDF" w:rsidRPr="002E462E" w14:paraId="06216957" w14:textId="77777777" w:rsidTr="0031634B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47018CF1" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2188E261" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
@@ -7037,518 +8155,521 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00291EDF" w:rsidRPr="005F689A" w14:paraId="074B3ECF" w14:textId="77777777" w:rsidTr="0031634B">
         <w:trPr>
           <w:trHeight w:val="254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="738CDA50" w14:textId="40F958DB" w:rsidR="00291EDF" w:rsidRPr="00291EDF" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Notificación de denegación de la certificación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7DA0188F" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01DB1C91" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="01DB1C91" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE38878" w14:textId="248A30FC" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="4DE38878" w14:textId="248A30FC" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>ME</w:t>
-[...7 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>ME0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CF73A5D" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="2CF73A5D" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2386D94E" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="2386D94E" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00291EDF" w:rsidRPr="005F689A" w14:paraId="1B9BE41F" w14:textId="77777777" w:rsidTr="0031634B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CB54AE3" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="es-CO"/>
@@ -7557,899 +8678,880 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0206CF72" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A50E7F5" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="5A50E7F5" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="10"/>
-                <w:szCs w:val="10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CDF8DE7" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="6CDF8DE7" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="10"/>
-                <w:szCs w:val="10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5753B6FA" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="5753B6FA" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="10"/>
-                <w:szCs w:val="10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="419F696A" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="419F696A" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="10"/>
-                <w:szCs w:val="10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00291EDF" w:rsidRPr="005F689A" w14:paraId="7F081EDC" w14:textId="77777777" w:rsidTr="0031634B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4957" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="468B4038" w14:textId="0D44795C" w:rsidR="00291EDF" w:rsidRPr="00291EDF" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Propuesta de suspensión o revocación de la certificación </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="288" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="672B7EB5" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AA8C1D8" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="0AA8C1D8" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="07213804" w14:textId="5AFF3FEE" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="07213804" w14:textId="5AFF3FEE" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>ME</w:t>
-[...7 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>ME4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="206E9BF1" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="206E9BF1" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E611FA7" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="005F689A" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
+          <w:p w14:paraId="4E611FA7" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRPr="008F36A8" w:rsidRDefault="00291EDF" w:rsidP="00291EDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="005F689A">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="005F689A">
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F36A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="325E74EC" w14:textId="77777777" w:rsidR="00291EDF" w:rsidRDefault="00291EDF" w:rsidP="00985B67">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01E0A5B3" w14:textId="4F2C6C64" w:rsidR="00E15CFC" w:rsidRPr="00C67AFA" w:rsidRDefault="00C67AFA" w:rsidP="007C451F">
+    <w:p w14:paraId="01E0A5B3" w14:textId="77A54B9D" w:rsidR="00E15CFC" w:rsidRPr="004638D5" w:rsidRDefault="00C67AFA" w:rsidP="007C451F">
       <w:pPr>
-        <w:pStyle w:val="Prrafodelista"/>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C67AFA">
+      <w:r w:rsidRPr="004638D5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Aprobación de la Certificación:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6AFD7C" w14:textId="77777777" w:rsidR="005D5C99" w:rsidRDefault="005D5C99" w:rsidP="00C67AFA">
+    <w:p w14:paraId="0D6AFD7C" w14:textId="77777777" w:rsidR="005D5C99" w:rsidRPr="004638D5" w:rsidRDefault="005D5C99" w:rsidP="00C67AFA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1021"/>
-        <w:gridCol w:w="7820"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="619"/>
+        <w:gridCol w:w="4361"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="585"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC389B" w14:paraId="52F4435B" w14:textId="77777777" w:rsidTr="002F4C6E">
+      <w:tr w:rsidR="00E01E8D" w14:paraId="52F4435B" w14:textId="77777777" w:rsidTr="00B45CD5">
         <w:trPr>
           <w:trHeight w:val="331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8841" w:type="dxa"/>
+            <w:tcW w:w="5382" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33105E30" w14:textId="3D725EAE" w:rsidR="00DC389B" w:rsidRDefault="00DC389B" w:rsidP="00DC389B">
+          <w:p w14:paraId="33105E30" w14:textId="16928BED" w:rsidR="00E01E8D" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F93262">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t xml:space="preserve">El operador cumple con los requisitos normativos, ha levantado todas las NC y es aprobado para la certificación (En caso de ser NO </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C67AFA">
+              <w:t>El operador cumple con los requisitos normativo</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>especifique brevemente razón de rechazo de certificación)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="618" w:type="dxa"/>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15FA38FF" w14:textId="137A494F" w:rsidR="00DC389B" w:rsidRPr="00DC389B" w:rsidRDefault="00DC389B" w:rsidP="00DC389B">
+          <w:p w14:paraId="15FA38FF" w14:textId="137A494F" w:rsidR="00E01E8D" w:rsidRPr="00DC389B" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC389B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="619" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B695525" w14:textId="5039A1B8" w:rsidR="00DC389B" w:rsidRDefault="00E16952" w:rsidP="00DC389B">
+          <w:p w14:paraId="350D222C" w14:textId="2F28111F" w:rsidR="00E01E8D" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="-1508670168"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A832D2" w:rsidRPr="00A832D2">
+                <w:r w:rsidR="00E01E8D">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
-      </w:tr>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E4B5F2" w14:textId="15A14AAB" w:rsidR="00E01E8D" w:rsidRDefault="00E01E8D" w:rsidP="00E01E8D">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:r w:rsidRPr="00DC389B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A80C1AB" w14:textId="555B16D1" w:rsidR="00DC389B" w:rsidRPr="00DC389B" w:rsidRDefault="00DC389B" w:rsidP="00DC389B">
-[...23 lines deleted...]
-          <w:p w14:paraId="1892A340" w14:textId="44ADEFC3" w:rsidR="00DC389B" w:rsidRDefault="00E16952" w:rsidP="00DC389B">
+          <w:p w14:paraId="3B695525" w14:textId="51066D1C" w:rsidR="00E01E8D" w:rsidRDefault="00000000" w:rsidP="00E01E8D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
-                <w:id w:val="1098678530"/>
+                <w:id w:val="-1470664027"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A832D2" w:rsidRPr="00A832D2">
+                <w:r w:rsidR="00E01E8D">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC389B" w14:paraId="642B5E51" w14:textId="77777777" w:rsidTr="00DC389B">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1021" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39E08C76" w14:textId="3C887B29" w:rsidR="00DC389B" w:rsidRDefault="00DC389B" w:rsidP="00DC389B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C67AFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Motivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9057" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2692AE09" w14:textId="168AB882" w:rsidR="00DC389B" w:rsidRDefault="00922DC6" w:rsidP="00DC389B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -8533,317 +9635,524 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F769F88" w14:textId="77777777" w:rsidR="00C67AFA" w:rsidRPr="00CC6377" w:rsidRDefault="00C67AFA" w:rsidP="00C67AFA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10060" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2389"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2098"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2268"/>
         <w:gridCol w:w="541"/>
         <w:gridCol w:w="2011"/>
         <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009176CD" w14:paraId="5D19C8A9" w14:textId="77777777" w:rsidTr="009176CD">
+      <w:tr w:rsidR="00F94A62" w14:paraId="5D19C8A9" w14:textId="77777777" w:rsidTr="00526A2B">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2389" w:type="dxa"/>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F838A00" w14:textId="49A7A439" w:rsidR="00D2524C" w:rsidRDefault="00D2524C" w:rsidP="00B84024">
+          <w:p w14:paraId="3F838A00" w14:textId="34805EBA" w:rsidR="00F94A62" w:rsidRDefault="00F94A62" w:rsidP="00B84024">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F93262">
+            <w:r w:rsidRPr="00F94A62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t xml:space="preserve">Área de certificación / </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1859" w:type="dxa"/>
+              <w:t>Actividades del operador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3451ED01" w14:textId="5D90BAEF" w:rsidR="00D2524C" w:rsidRDefault="00D2524C" w:rsidP="00B84024">
+          <w:p w14:paraId="3451ED01" w14:textId="5D90BAEF" w:rsidR="00F94A62" w:rsidRPr="008A3DF2" w:rsidRDefault="00F94A62" w:rsidP="00B84024">
             <w:pPr>
               <w:ind w:left="5" w:right="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA3D45">
-[...17 lines deleted...]
-            <w:tcW w:w="595" w:type="dxa"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Producción vegetal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45FE1262" w14:textId="2DEF8109" w:rsidR="00D2524C" w:rsidRDefault="00E16952" w:rsidP="00D2524C">
+          <w:p w14:paraId="45FE1262" w14:textId="2DEF8109" w:rsidR="00F94A62" w:rsidRDefault="00000000" w:rsidP="00D2524C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="309140372"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A832D2" w:rsidRPr="00A832D2">
+                <w:r w:rsidR="00F94A62" w:rsidRPr="00A832D2">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2098" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F141D55" w14:textId="3720DFE4" w:rsidR="00D2524C" w:rsidRDefault="00D2524C" w:rsidP="00B84024">
+          <w:p w14:paraId="3F141D55" w14:textId="3720DFE4" w:rsidR="00F94A62" w:rsidRPr="008A3DF2" w:rsidRDefault="00F94A62" w:rsidP="00B84024">
             <w:pPr>
               <w:ind w:left="5" w:right="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D23DE">
+            <w:r w:rsidRPr="008A3DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-PE"/>
               </w:rPr>
-              <w:t>Preparación</w:t>
-[...8 lines deleted...]
-              <w:t>/ transformación</w:t>
+              <w:t>Preparación/ transformación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01B616A8" w14:textId="08A52655" w:rsidR="00D2524C" w:rsidRDefault="00E16952" w:rsidP="00D2524C">
+          <w:p w14:paraId="01B616A8" w14:textId="08A52655" w:rsidR="00F94A62" w:rsidRDefault="00000000" w:rsidP="00D2524C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="-407923466"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A832D2" w:rsidRPr="00A832D2">
+                <w:r w:rsidR="00F94A62" w:rsidRPr="00A832D2">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2011" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="418FD72A" w14:textId="1E6B0EFB" w:rsidR="00D2524C" w:rsidRPr="00B84024" w:rsidRDefault="00D2524C" w:rsidP="00B84024">
+          <w:p w14:paraId="418FD72A" w14:textId="1E6B0EFB" w:rsidR="00F94A62" w:rsidRPr="008A3DF2" w:rsidRDefault="00F94A62" w:rsidP="00B84024">
             <w:pPr>
               <w:ind w:left="5" w:right="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...13 lines deleted...]
-              <w:t>/ comercialización</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Distribución/ comercialización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463E3F93" w14:textId="3A8B88F7" w:rsidR="00D2524C" w:rsidRDefault="00E16952" w:rsidP="00D2524C">
+          <w:p w14:paraId="463E3F93" w14:textId="3A8B88F7" w:rsidR="00F94A62" w:rsidRDefault="00000000" w:rsidP="00D2524C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="-1763525126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A832D2" w:rsidRPr="00A832D2">
+                <w:r w:rsidR="00F94A62" w:rsidRPr="00A832D2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Mincho" w:eastAsia="MS Mincho" w:hAnsi="MS Mincho" w:cs="MS Mincho"/>
+                    <w:lang w:val="es-CO"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F94A62" w14:paraId="3283F85A" w14:textId="77777777" w:rsidTr="00526A2B">
+        <w:trPr>
+          <w:trHeight w:val="447"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5642970F" w14:textId="77777777" w:rsidR="00F94A62" w:rsidRPr="00F93262" w:rsidRDefault="00F94A62" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A9EEE4" w14:textId="4BF2301B" w:rsidR="00F94A62" w:rsidRPr="008A3DF2" w:rsidRDefault="00F94A62" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:ind w:left="5" w:right="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Almacenamiento</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="393E95DE" w14:textId="1F897241" w:rsidR="00F94A62" w:rsidRDefault="00000000" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:lang w:val="es-CO"/>
+                </w:rPr>
+                <w:id w:val="-304077496"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F94A62" w:rsidRPr="00A832D2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:val="es-CO"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="310834D9" w14:textId="608D9880" w:rsidR="00F94A62" w:rsidRPr="008A3DF2" w:rsidRDefault="00F94A62" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:ind w:left="5" w:right="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-PE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-PE"/>
+              </w:rPr>
+              <w:t>Exportación</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="541" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E04273" w14:textId="7EE8E1DA" w:rsidR="00F94A62" w:rsidRDefault="00000000" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:lang w:val="es-CO"/>
+                </w:rPr>
+                <w:id w:val="-1906679125"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F94A62" w:rsidRPr="00A832D2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:lang w:val="es-CO"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2011" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1061F28C" w14:textId="1CA25871" w:rsidR="00F94A62" w:rsidRPr="008A3DF2" w:rsidRDefault="00F94A62" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Importación (Nacional)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A2A440" w14:textId="4DD08124" w:rsidR="00F94A62" w:rsidRDefault="00000000" w:rsidP="00F94A62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:lang w:val="es-CO"/>
+                </w:rPr>
+                <w:id w:val="-1511137640"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="Arial"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F94A62" w:rsidRPr="00A832D2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="684FF446" w14:textId="77777777" w:rsidR="00E15CFC" w:rsidRPr="005D5C99" w:rsidRDefault="00E15CFC" w:rsidP="007219ED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1882"/>
         <w:gridCol w:w="2236"/>
         <w:gridCol w:w="2049"/>
         <w:gridCol w:w="2155"/>
         <w:gridCol w:w="1756"/>
       </w:tblGrid>
       <w:tr w:rsidR="002910D0" w14:paraId="769C133D" w14:textId="057F21F6" w:rsidTr="00A87446">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10078" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7946823A" w14:textId="627192D3" w:rsidR="002910D0" w:rsidRPr="00BA3D45" w:rsidRDefault="002910D0" w:rsidP="00B84024">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -8971,89 +10280,92 @@
                 <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-BO"/>
               </w:rPr>
               <w:t>Gran Bretaña</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7677246A" w14:textId="55936369" w:rsidR="002910D0" w:rsidRPr="00F93262" w:rsidRDefault="002910D0" w:rsidP="002910D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2049" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="282BA826" w14:textId="4B88D43D" w:rsidR="002910D0" w:rsidRPr="008A75CE" w:rsidRDefault="002910D0" w:rsidP="002910D0">
+          <w:p w14:paraId="282BA826" w14:textId="4B88D43D" w:rsidR="002910D0" w:rsidRPr="00255053" w:rsidRDefault="002910D0" w:rsidP="002910D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A75CE">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00255053">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>National Organic Standard del NOP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CE6CEFA" w14:textId="2DDE8AA7" w:rsidR="002910D0" w:rsidRPr="002910D0" w:rsidRDefault="002910D0" w:rsidP="002910D0">
             <w:pPr>
               <w:ind w:right="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A75CE">
+            <w:r w:rsidRPr="00255053">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>United States of America</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2A7623CD" w14:textId="77777777" w:rsidR="002910D0" w:rsidRPr="008A75CE" w:rsidRDefault="002910D0" w:rsidP="002910D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A75CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9084,69 +10396,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Local</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1468493F" w14:textId="28FDFC6C" w:rsidR="002910D0" w:rsidRPr="002910D0" w:rsidRDefault="002910D0" w:rsidP="002910D0">
             <w:pPr>
               <w:ind w:left="5" w:right="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1756" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1AAE06" w14:textId="77777777" w:rsidR="002910D0" w:rsidRDefault="002910D0" w:rsidP="002910D0">
+          <w:p w14:paraId="0A1AAE06" w14:textId="77777777" w:rsidR="002910D0" w:rsidRPr="00255053" w:rsidRDefault="002910D0" w:rsidP="002910D0">
             <w:pPr>
               <w:ind w:left="5" w:right="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002910D0">
+                <w:lang w:val="es-CL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00255053">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="es-CL"/>
               </w:rPr>
               <w:t>Acuerdo de Equivalencia Orgánica entre Estados Unidos y Canadá</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C78467D" w14:textId="6F8BE745" w:rsidR="002910D0" w:rsidRPr="002910D0" w:rsidRDefault="002910D0" w:rsidP="002910D0">
             <w:pPr>
               <w:ind w:left="5" w:right="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-BO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002910D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>USCOEA</w:t>
             </w:r>
           </w:p>
@@ -9227,1330 +10541,1649 @@
               <w:placeholder>
                 <w:docPart w:val="0B86E727E9CA43DCACC2E3D6BEF08E0C"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dropDownList>
                 <w:listItem w:value="Elija un elemento."/>
                 <w:listItem w:displayText="Ley 3525 - Regulación y Promoción de la Producción Agropecuaria y Forestal No Maderable Ecológica Bolivia" w:value="Ley 3525 - Regulación y Promoción de la Producción Agropecuaria y Forestal No Maderable Ecológica Bolivia"/>
                 <w:listItem w:displayText="RTCA - Reglamento Técnico Centroamericano 67.06.74:16 Productos Agropecuarios Orgánicos Centroamérica" w:value="RTCA - Reglamento Técnico Centroamericano 67.06.74:16 Productos Agropecuarios Orgánicos Centroamérica"/>
                 <w:listItem w:displayText="RTPO - Reglamento Técnico para los Productos Orgánicos según D.S. 044-2006-AG; - D.S. 002-2020-MINAGRI Perú" w:value="RTPO - Reglamento Técnico para los Productos Orgánicos según D.S. 044-2006-AG; - D.S. 002-2020-MINAGRI Perú"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtContent>
               <w:p w14:paraId="23AF2DCE" w14:textId="3B653ACD" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="002910D0" w:rsidP="00150A69">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00984F71">
                   <w:rPr>
-                    <w:rStyle w:val="Textodelmarcadordeposicin"/>
+                    <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Elija un elemento.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="0893A8C1" w14:textId="286C9F66" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="002910D0" w:rsidP="00150A69">
             <w:pPr>
               <w:ind w:left="5" w:right="8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1756" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="57E407E3" w14:textId="77777777" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="002910D0" w:rsidP="00150A69">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002910D0" w:rsidRPr="001E7D2B" w14:paraId="02D74AB9" w14:textId="620F736B" w:rsidTr="00D80D99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41BA5A8A" w14:textId="5F2A55B9" w:rsidR="002910D0" w:rsidRDefault="002910D0" w:rsidP="002910D0">
+          <w:p w14:paraId="41BA5A8A" w14:textId="5F2A55B9" w:rsidR="002910D0" w:rsidRDefault="00000000" w:rsidP="002910D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="193205912"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="004E5EE4">
+                <w:r w:rsidR="002910D0" w:rsidRPr="004E5EE4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2236" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25303601" w14:textId="0C122F0E" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="002910D0" w:rsidP="002910D0">
+          <w:p w14:paraId="25303601" w14:textId="0C122F0E" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="00000000" w:rsidP="002910D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="-330380905"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="004E5EE4">
+                <w:r w:rsidR="002910D0" w:rsidRPr="004E5EE4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2049" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45947DFC" w14:textId="4E747B12" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="002910D0" w:rsidP="002910D0">
+          <w:p w14:paraId="45947DFC" w14:textId="4E747B12" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="00000000" w:rsidP="002910D0">
             <w:pPr>
               <w:ind w:right="8"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="1632055562"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="004E5EE4">
+                <w:r w:rsidR="002910D0" w:rsidRPr="004E5EE4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB1FA2C" w14:textId="5CC8AAB3" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="002910D0" w:rsidP="002910D0">
+          <w:p w14:paraId="6CB1FA2C" w14:textId="5CC8AAB3" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="00000000" w:rsidP="002910D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="-884785498"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="004E5EE4">
+                <w:r w:rsidR="002910D0" w:rsidRPr="004E5EE4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1756" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05CBB58D" w14:textId="62843A6D" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="002910D0" w:rsidP="002910D0">
+          <w:p w14:paraId="05CBB58D" w14:textId="62843A6D" w:rsidR="002910D0" w:rsidRPr="00B84024" w:rsidRDefault="00000000" w:rsidP="002910D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:val="es-CO"/>
                 </w:rPr>
                 <w:id w:val="848456485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="Arial"/>
                   <w14:uncheckedState w14:val="2610" w14:font="Arial"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="004E5EE4">
+                <w:r w:rsidR="002910D0" w:rsidRPr="004E5EE4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Mincho" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="es-CO"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="595B0591" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRDefault="007C72DC" w:rsidP="00F35301">
+    <w:p w14:paraId="595B0591" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="00526A2B" w:rsidRDefault="007C72DC" w:rsidP="00F35301">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10070" w:type="dxa"/>
         <w:tblInd w:w="-15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2845"/>
+        <w:gridCol w:w="1428"/>
+        <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="567"/>
-        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1560"/>
         <w:gridCol w:w="708"/>
-        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="662"/>
+        <w:gridCol w:w="1039"/>
         <w:gridCol w:w="988"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D93E46" w:rsidRPr="00985B67" w14:paraId="1FC77172" w14:textId="77777777" w:rsidTr="00D93E46">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E8C5EFC" w14:textId="72438923" w:rsidR="007C72DC" w:rsidRPr="00922DC6" w:rsidRDefault="007C72DC" w:rsidP="007C72DC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00922DC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Validez de la certificación</w:t>
             </w:r>
             <w:r w:rsidRPr="00922DC6">
               <w:rPr>
-                <w:rStyle w:val="Refdenotaalpie"/>
+                <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A24AB68" w14:textId="42A0A87B" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
+          <w:p w14:paraId="5A24AB68" w14:textId="42A0A87B" w:rsidR="007C72DC" w:rsidRPr="008A3DF2" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>d</w:t>
-[...4 lines deleted...]
-                <w:b/>
+              <w:t>desde</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD0A805" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="008A3DF2" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>esde</w:t>
-[...23 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...58 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECAAF98" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
+          <w:p w14:paraId="1ECAAF98" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="008A3DF2" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>al</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60BF23A6" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="00985B67" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
+          <w:p w14:paraId="60BF23A6" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="008A3DF2" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...58 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D93E46" w:rsidRPr="0047714E" w14:paraId="02C7257B" w14:textId="77777777" w:rsidTr="00D93E46">
         <w:trPr>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2845" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4157E999" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="00922DC6" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64A95B7C" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
+          <w:p w14:paraId="64A95B7C" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="008A3DF2" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="12"/>
-                <w:szCs w:val="12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50279A22" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
+          <w:p w14:paraId="50279A22" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="008A3DF2" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="12"/>
-                <w:szCs w:val="12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0047714E">
-[...4 lines deleted...]
-                <w:szCs w:val="12"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>dd/mm/aa</w:t>
-            </w:r>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>aa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A50EE62" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
+          <w:p w14:paraId="1A50EE62" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="008A3DF2" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="12"/>
-                <w:szCs w:val="12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD5EBE3" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="0047714E" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
+          <w:p w14:paraId="2DD5EBE3" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="008A3DF2" w:rsidRDefault="007C72DC" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="12"/>
-                <w:szCs w:val="12"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0047714E">
-[...4 lines deleted...]
-                <w:szCs w:val="12"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
-              <w:t>dd/mm/aa</w:t>
-            </w:r>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>/mm/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>aa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D93E46" w:rsidRPr="0047714E" w14:paraId="4BD7525F" w14:textId="77777777" w:rsidTr="00D93E46">
+      <w:tr w:rsidR="00A420F7" w:rsidRPr="0047714E" w14:paraId="4BD7525F" w14:textId="79ECFFC8" w:rsidTr="00A420F7">
         <w:trPr>
           <w:trHeight w:val="311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcW w:w="1428" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7106747C" w14:textId="296B48FE" w:rsidR="00B74F1F" w:rsidRPr="00922DC6" w:rsidRDefault="00B74F1F" w:rsidP="00E22F8B">
+          <w:p w14:paraId="7106747C" w14:textId="296B48FE" w:rsidR="00A420F7" w:rsidRPr="00922DC6" w:rsidRDefault="00A420F7" w:rsidP="00E22F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00922DC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Lugar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FAFAD1D" w14:textId="13DBFD5C" w:rsidR="00B74F1F" w:rsidRPr="00B74F1F" w:rsidRDefault="00B74F1F" w:rsidP="00E22F8B">
+          <w:p w14:paraId="1FAFAD1D" w14:textId="13DBFD5C" w:rsidR="00A420F7" w:rsidRPr="008A3DF2" w:rsidRDefault="00A420F7" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Ciudad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3190F2F3" w14:textId="79937807" w:rsidR="00B74F1F" w:rsidRPr="00B74F1F" w:rsidRDefault="00B74F1F" w:rsidP="00B74F1F">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3190F2F3" w14:textId="79937807" w:rsidR="00A420F7" w:rsidRPr="008A3DF2" w:rsidRDefault="00A420F7" w:rsidP="00B74F1F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20C51DB6" w14:textId="29709AEE" w:rsidR="00B74F1F" w:rsidRPr="00B74F1F" w:rsidRDefault="00B74F1F" w:rsidP="00B74F1F">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="20C51DB6" w14:textId="29709AEE" w:rsidR="00A420F7" w:rsidRPr="008A3DF2" w:rsidRDefault="00A420F7" w:rsidP="00B74F1F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>País</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2689" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="451182E5" w14:textId="5FF47600" w:rsidR="00B74F1F" w:rsidRPr="00B74F1F" w:rsidRDefault="00B74F1F" w:rsidP="00B74F1F">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="451182E5" w14:textId="5FF47600" w:rsidR="00A420F7" w:rsidRPr="008A3DF2" w:rsidRDefault="00A420F7" w:rsidP="00B74F1F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1370" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F94713" w14:textId="7D78E4F8" w:rsidR="00A420F7" w:rsidRPr="008A3DF2" w:rsidRDefault="00A420F7" w:rsidP="00A420F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:noProof/>
-[...64 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fecha Aprobación. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2027" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1CD7C0" w14:textId="5441ECCA" w:rsidR="00D93E46" w:rsidRPr="00B74F1F" w:rsidRDefault="00D93E46" w:rsidP="00E22F8B">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="141D9BDD" w14:textId="4A5F74A6" w:rsidR="00A420F7" w:rsidRPr="008A3DF2" w:rsidRDefault="00A420F7" w:rsidP="00A420F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
-[...44 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...3 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
-[...11 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...53 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="2409" w:type="dxa"/>
+      </w:tr>
+      <w:tr w:rsidR="00D93E46" w:rsidRPr="0047714E" w14:paraId="4B918522" w14:textId="77777777" w:rsidTr="00D93E46">
+        <w:trPr>
+          <w:trHeight w:val="57"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2845" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3C3009" w14:textId="63FD5E84" w:rsidR="00D93E46" w:rsidRPr="00B74F1F" w:rsidRDefault="00D93E46" w:rsidP="00E22F8B">
+          <w:p w14:paraId="2C1CD7C0" w14:textId="51B37AB5" w:rsidR="00D93E46" w:rsidRPr="00B74F1F" w:rsidRDefault="00D93E46" w:rsidP="00E22F8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00985B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nombre </w:t>
+            </w:r>
+            <w:r w:rsidR="007C6E37">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">y Apellido </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00985B67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">del </w:t>
+            </w:r>
+            <w:r w:rsidR="000029F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="es-CO"/>
+              </w:rPr>
+              <w:t>certificador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="698DB3EB" w14:textId="21FB719A" w:rsidR="00D93E46" w:rsidRPr="008A3DF2" w:rsidRDefault="00D93E46" w:rsidP="00D93E46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3DF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3C3009" w14:textId="63FD5E84" w:rsidR="00D93E46" w:rsidRPr="008A3DF2" w:rsidRDefault="00D93E46" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00985B67">
+            <w:r w:rsidRPr="008A3DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Código del solicitante</w:t>
             </w:r>
-            <w:r w:rsidRPr="00985B67">
+            <w:r w:rsidRPr="008A3DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58A4F681" w14:textId="774A818A" w:rsidR="00D93E46" w:rsidRPr="00B74F1F" w:rsidRDefault="00D93E46" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="UPPERCASE"/>
@@ -10631,77 +12264,76 @@
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D93E46" w:rsidRPr="0047714E" w14:paraId="6CC029E3" w14:textId="77777777" w:rsidTr="00D93E46">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4052B7DA" w14:textId="0FDA62E1" w:rsidR="00D93E46" w:rsidRPr="00B74F1F" w:rsidRDefault="00D93E46" w:rsidP="00E22F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
               <w:t>Correo electrónico institucional del que se envía</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5240" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C10D4CA" w14:textId="02A75EBF" w:rsidR="00D93E46" w:rsidRPr="00B74F1F" w:rsidRDefault="00D93E46" w:rsidP="00E22F8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="es-CO"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -10774,1880 +12406,611 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00985B67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="13F16644" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRDefault="007C72DC" w:rsidP="00F35301">
+    <w:p w14:paraId="4B741CA7" w14:textId="3A8804FB" w:rsidR="008A3DF2" w:rsidRDefault="008A3DF2" w:rsidP="00F35301">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...8 lines deleted...]
-          <w:b/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E924108" w14:textId="6789DA82" w:rsidR="001C3FAA" w:rsidRPr="009E16AB" w:rsidRDefault="009E16AB" w:rsidP="004E7FF3">
-[...30 lines deleted...]
-    <w:p w14:paraId="755D56EC" w14:textId="77777777" w:rsidR="001C3FAA" w:rsidRPr="00CC6377" w:rsidRDefault="001C3FAA" w:rsidP="00F35301">
+    <w:p w14:paraId="0F33DE10" w14:textId="77777777" w:rsidR="00526A2B" w:rsidRPr="00526A2B" w:rsidRDefault="00526A2B" w:rsidP="00F35301">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="107FCB55" w14:textId="31886A19" w:rsidR="00CC6377" w:rsidRDefault="001C3FAA" w:rsidP="00CC6377">
-[...46 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
-[...1191 lines deleted...]
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="4289"/>
         <w:gridCol w:w="6"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C62ED7" w14:paraId="745986C2" w14:textId="77777777" w:rsidTr="004E7FF3">
+      <w:tr w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w14:paraId="5B0CE795" w14:textId="77777777" w:rsidTr="00647199">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="6" w:type="dxa"/>
           <w:trHeight w:val="502"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17A864E4" w14:textId="347E9F21" w:rsidR="00C62ED7" w:rsidRDefault="00C62ED7" w:rsidP="00C62ED7">
+          <w:p w14:paraId="02B465D7" w14:textId="77777777" w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w:rsidRDefault="008A3DF2" w:rsidP="00647199">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Firma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26A797D6" w14:textId="77777777" w:rsidR="00C62ED7" w:rsidRDefault="00C62ED7" w:rsidP="00C62ED7">
+          <w:p w14:paraId="5DB3A14D" w14:textId="77777777" w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w:rsidRDefault="008A3DF2" w:rsidP="00647199">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4289" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64FE35F1" w14:textId="123216F6" w:rsidR="00C62ED7" w:rsidRDefault="00C62ED7" w:rsidP="005D5C99">
+          <w:p w14:paraId="4F3FE9A8" w14:textId="77777777" w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w:rsidRDefault="008A3DF2" w:rsidP="00647199">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="323347E2" w14:textId="77777777" w:rsidR="00C62ED7" w:rsidRDefault="00C62ED7" w:rsidP="00B756AE">
+          <w:p w14:paraId="61F3A4FA" w14:textId="77777777" w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w:rsidRDefault="008A3DF2" w:rsidP="00647199">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C62ED7" w14:paraId="6B12EC84" w14:textId="77777777" w:rsidTr="004E7FF3">
+      <w:tr w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w14:paraId="69FBCB0F" w14:textId="77777777" w:rsidTr="00526A2B">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2993C2A1" w14:textId="77777777" w:rsidR="00C62ED7" w:rsidRDefault="00C62ED7" w:rsidP="005D5C99">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="191D1406" w14:textId="77777777" w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w:rsidRDefault="008A3DF2" w:rsidP="00647199">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1E318DE0" w14:textId="77777777" w:rsidR="00C62ED7" w:rsidRDefault="00C62ED7" w:rsidP="005D5C99">
+          </w:tcPr>
+          <w:p w14:paraId="0B95FC4E" w14:textId="77777777" w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w:rsidRDefault="008A3DF2" w:rsidP="00647199">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4295" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="249E6199" w14:textId="12212FC0" w:rsidR="00C62ED7" w:rsidRPr="00C62ED7" w:rsidRDefault="00C62ED7" w:rsidP="00C62ED7">
+          <w:p w14:paraId="13FCF2D0" w14:textId="1540376D" w:rsidR="008A3DF2" w:rsidRPr="008F36A8" w:rsidRDefault="008A3DF2" w:rsidP="00647199">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Gerente de BIO LATINA</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="008F36A8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificador BIO LATINA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="031242B3" w14:textId="77777777" w:rsidR="00CC6377" w:rsidRPr="005D5C99" w:rsidRDefault="00CC6377" w:rsidP="005D5C99">
+    <w:p w14:paraId="24C359EB" w14:textId="77777777" w:rsidR="001C3FAA" w:rsidRPr="00526A2B" w:rsidRDefault="001C3FAA" w:rsidP="00F35301">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CC6377" w:rsidRPr="005D5C99" w:rsidSect="001C3FAA">
+    <w:sectPr w:rsidR="001C3FAA" w:rsidRPr="00526A2B" w:rsidSect="001C3FAA">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1077" w:bottom="1440" w:left="1077" w:header="0" w:footer="210" w:gutter="0"/>
       <w:cols w:sep="1" w:space="170"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6595655A" w14:textId="77777777" w:rsidR="00E16952" w:rsidRDefault="00E16952">
+    <w:p w14:paraId="2EBD8319" w14:textId="77777777" w:rsidR="001F3B06" w:rsidRDefault="001F3B06">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45E39DFA" w14:textId="77777777" w:rsidR="00E16952" w:rsidRDefault="00E16952">
+    <w:p w14:paraId="40DFBBAE" w14:textId="77777777" w:rsidR="001F3B06" w:rsidRDefault="001F3B06">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
-    <w:charset w:val="00"/>
-[...1 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Black">
+    <w:panose1 w:val="020B0A04020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D77166A" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="00FA01AE">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="Nmerodepgina"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Nmerodepgina"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Nmerodepgina"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Nmerodepgina"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5CA3E13C" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="00C322BE">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3374"/>
       <w:gridCol w:w="3360"/>
       <w:gridCol w:w="3354"/>
     </w:tblGrid>
     <w:tr w:rsidR="00493E16" w:rsidRPr="00AC0B32" w14:paraId="73DA2894" w14:textId="77777777" w:rsidTr="0026167D">
       <w:trPr>
         <w:trHeight w:val="154"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3404" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="4922FEBF" w14:textId="77777777" w:rsidR="00493E16" w:rsidRPr="007219ED" w:rsidRDefault="00493E16" w:rsidP="006609B3">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="426"/>
               <w:tab w:val="left" w:pos="851"/>
               <w:tab w:val="left" w:pos="1560"/>
               <w:tab w:val="left" w:pos="1985"/>
               <w:tab w:val="left" w:pos="4536"/>
               <w:tab w:val="left" w:pos="5103"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007219ED">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>www. biolatina.com</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3395" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w14:paraId="5E93D45B" w14:textId="0F6031FD" w:rsidR="00493E16" w:rsidRPr="007219ED" w:rsidRDefault="00493E16" w:rsidP="002910D0">
+        <w:p w14:paraId="5E93D45B" w14:textId="6D2356D5" w:rsidR="00493E16" w:rsidRPr="007219ED" w:rsidRDefault="006A0FAD" w:rsidP="002910D0">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:pos="426"/>
               <w:tab w:val="left" w:pos="851"/>
               <w:tab w:val="left" w:pos="1560"/>
               <w:tab w:val="left" w:pos="1985"/>
               <w:tab w:val="left" w:pos="4536"/>
               <w:tab w:val="left" w:pos="5103"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00774424">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">Versión </w:t>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00150A69">
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Version 2</w:t>
+          </w:r>
+          <w:r w:rsidR="002E462E">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="002910D0">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>1</w:t>
+            <w:t xml:space="preserve">,  </w:t>
           </w:r>
-          <w:r w:rsidRPr="00774424">
+          <w:r w:rsidR="002E462E">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">, Edición </w:t>
+            <w:t xml:space="preserve">Edición </w:t>
           </w:r>
-          <w:r w:rsidR="002910D0">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>15</w:t>
+            <w:t>2</w:t>
           </w:r>
-          <w:r w:rsidR="004B05D4">
+          <w:r w:rsidR="002E462E">
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>0-</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+              <w:iCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>01</w:t>
+          </w:r>
+          <w:r w:rsidR="002E462E">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>-</w:t>
           </w:r>
-          <w:r w:rsidR="00FD3DCF">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:iCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>0</w:t>
-[...26 lines deleted...]
-            <w:t>5</w:t>
+            <w:t>26</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3391" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="68468145" w14:textId="108796B8" w:rsidR="00493E16" w:rsidRPr="007219ED" w:rsidRDefault="00493E16" w:rsidP="006609B3">
           <w:pPr>
-            <w:pStyle w:val="Piedepgina"/>
+            <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007219ED">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Pag. </w:t>
           </w:r>
           <w:r w:rsidRPr="007219ED">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="007219ED">
             <w:rPr>
@@ -12715,321 +13078,261 @@
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="002910D0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="15"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="007219ED">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="15"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1353A0EB" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0A510142" w14:textId="77777777" w:rsidR="00493E16" w:rsidRPr="00A45E67" w:rsidRDefault="00493E16">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2DC517CF" w14:textId="77777777" w:rsidR="00E16952" w:rsidRDefault="00E16952">
+    <w:p w14:paraId="1560D4F3" w14:textId="77777777" w:rsidR="001F3B06" w:rsidRDefault="001F3B06">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13D31159" w14:textId="77777777" w:rsidR="00E16952" w:rsidRDefault="00E16952">
+    <w:p w14:paraId="39FEC216" w14:textId="77777777" w:rsidR="001F3B06" w:rsidRDefault="001F3B06">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="2B84FE85" w14:textId="77777777" w:rsidR="00493E16" w:rsidRPr="00F93262" w:rsidRDefault="00493E16" w:rsidP="00A43E8B">
+    <w:p w14:paraId="2B84FE85" w14:textId="77777777" w:rsidR="003B540D" w:rsidRPr="00F93262" w:rsidRDefault="003B540D" w:rsidP="00A43E8B">
       <w:pPr>
-        <w:pStyle w:val="Textonotapie"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B05D4">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B05D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">Día, mes, año de cuando el operador </w:t>
       </w:r>
       <w:r w:rsidRPr="004B05D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>debe enviar actualización anual</w:t>
       </w:r>
       <w:r w:rsidRPr="004B05D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> (solicitud con plan de manejo y demás adjuntos)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="23F0F6A8" w14:textId="77777777" w:rsidR="007C72DC" w:rsidRPr="005D23DE" w:rsidRDefault="007C72DC" w:rsidP="007C72DC">
       <w:pPr>
-        <w:pStyle w:val="Textonotapie"/>
+        <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D23DE">
         <w:rPr>
-          <w:rStyle w:val="Refdenotaalpie"/>
+          <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F93262">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D23DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Fecha de validez comienza con el día de la toma de decisión de certificación por parte del Certificador. La vigencia de certificado es de 12 meses</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005D23DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sin embargo, en caso de inspecciones remotas el certificado tiene una vigencia de máximo 6 mes</w:t>
-[...59 lines deleted...]
-        <w:t>(en cuatro números)</w:t>
+        <w:t xml:space="preserve"> sin embargo, en caso de inspecciones remotas el certificado tiene una vigencia de máximo 6 meses. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4369ECA0" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="51A7882C" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="231FD5DB" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="175BEC2E" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3C806E56" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2A8C7268" w14:textId="165FFAD4" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="00150A69">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="-142"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="596A686C" wp14:editId="4D4C8010">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-93345</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>3175</wp:posOffset>
           </wp:positionV>
@@ -13088,313 +13391,286 @@
       <w:tblInd w:w="6527" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="710"/>
       <w:gridCol w:w="710"/>
       <w:gridCol w:w="710"/>
       <w:gridCol w:w="710"/>
       <w:gridCol w:w="710"/>
     </w:tblGrid>
     <w:tr w:rsidR="00493E16" w:rsidRPr="001F79A5" w14:paraId="0D1D7E0F" w14:textId="77777777" w:rsidTr="00150A69">
       <w:trPr>
         <w:trHeight w:val="279"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="710" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="690DB74D" w14:textId="77777777" w:rsidR="00493E16" w:rsidRPr="001F79A5" w:rsidRDefault="00493E16" w:rsidP="001F79A5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
+          <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="001F79A5">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:lang w:val="es-ES_tradnl"/>
             </w:rPr>
             <w:t>Cód</w:t>
           </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="710" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="4E3DF5AA" w14:textId="1D0DDA17" w:rsidR="00493E16" w:rsidRPr="001F79A5" w:rsidRDefault="00493E16" w:rsidP="001F79A5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="710" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="3A065BCA" w14:textId="3291D538" w:rsidR="00493E16" w:rsidRPr="001F79A5" w:rsidRDefault="00493E16" w:rsidP="001F79A5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>DD3</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="710" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="20FC36D7" w14:textId="377471D5" w:rsidR="00493E16" w:rsidRPr="001F79A5" w:rsidRDefault="00493E16" w:rsidP="001F79A5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="710" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="06D0A383" w14:textId="3E9C8B89" w:rsidR="00493E16" w:rsidRPr="001F79A5" w:rsidRDefault="00493E16" w:rsidP="001F79A5">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3AAFB9AB" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="03F12D94" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6D04C269" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="566E3D3D" w14:textId="77777777" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3390D13B" w14:textId="77777777" w:rsidR="00150A69" w:rsidRDefault="00150A69" w:rsidP="001543A1">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:lang w:val="es-BO" w:eastAsia="es-PE"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5E304004" w14:textId="2A3AF9E0" w:rsidR="00493E16" w:rsidRPr="0089265D" w:rsidRDefault="00493E16" w:rsidP="001543A1">
+  <w:p w14:paraId="4FDE85DF" w14:textId="77777777" w:rsidR="008F36A8" w:rsidRDefault="00493E16" w:rsidP="008F36A8">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:lang w:val="es-BO" w:eastAsia="es-PE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0089265D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="23"/>
         <w:szCs w:val="23"/>
         <w:lang w:val="es-BO" w:eastAsia="es-PE"/>
       </w:rPr>
       <w:t>SOLICITUD INTERNA, DICTAMEN Y EXPEDICION DE CERTIFICACIÓN</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="192049D2" w14:textId="6AA32350" w:rsidR="00493E16" w:rsidRDefault="00493E16" w:rsidP="004E6F43">
+  <w:p w14:paraId="06008E0B" w14:textId="38D7F4FE" w:rsidR="00493E16" w:rsidRPr="00255053" w:rsidRDefault="0021588B" w:rsidP="008F36A8">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
-[...21 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="es-CL"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...2 lines deleted...]
-      <w:pStyle w:val="Encabezado"/>
+    <w:r w:rsidRPr="00255053">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="es-CL"/>
       </w:rPr>
-    </w:pPr>
+      <w:tab/>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="5E55FE15" w14:textId="77777777" w:rsidR="00493E16" w:rsidRPr="0089265D" w:rsidRDefault="00493E16">
+  <w:p w14:paraId="5E55FE15" w14:textId="77777777" w:rsidR="00493E16" w:rsidRPr="00255053" w:rsidRDefault="00493E16">
     <w:pPr>
-      <w:pStyle w:val="Encabezado"/>
+      <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
-        <w:lang w:val="en-US"/>
+        <w:lang w:val="es-CL"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="059E23F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC84C99A"/>
     <w:lvl w:ilvl="0" w:tplc="040A0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13441,50 +13717,288 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17E856B0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D128A99E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="es-NI"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36081BE4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4D24C460"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E001E01"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8A8CFAA"/>
     <w:lvl w:ilvl="0" w:tplc="90C8F664">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -13530,51 +14044,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="240A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="240A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F855760"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3B92ACFE"/>
     <w:lvl w:ilvl="0" w:tplc="3C5CFB02">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -13621,598 +14135,638 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1570069869">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2045251558">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2100907677">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1494836786">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
-[...2 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="5" w16cid:durableId="182862924">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D146B"/>
+    <w:rsid w:val="000029F6"/>
     <w:rsid w:val="00021DA0"/>
     <w:rsid w:val="00022BBE"/>
     <w:rsid w:val="00041407"/>
     <w:rsid w:val="00042BC3"/>
     <w:rsid w:val="000454A7"/>
     <w:rsid w:val="000501E6"/>
     <w:rsid w:val="000573CA"/>
     <w:rsid w:val="000646C5"/>
     <w:rsid w:val="000730E4"/>
     <w:rsid w:val="00077E46"/>
     <w:rsid w:val="00081BE4"/>
     <w:rsid w:val="0008524F"/>
     <w:rsid w:val="000856C8"/>
     <w:rsid w:val="00086BA8"/>
     <w:rsid w:val="000A7376"/>
     <w:rsid w:val="000A7E90"/>
     <w:rsid w:val="000B4B6B"/>
     <w:rsid w:val="000B6408"/>
     <w:rsid w:val="000B64E4"/>
     <w:rsid w:val="000C00A1"/>
     <w:rsid w:val="000C4C34"/>
     <w:rsid w:val="000D1CB4"/>
     <w:rsid w:val="000D3333"/>
     <w:rsid w:val="000D5B87"/>
     <w:rsid w:val="000E648F"/>
     <w:rsid w:val="000F3F18"/>
     <w:rsid w:val="000F6835"/>
     <w:rsid w:val="000F6C79"/>
     <w:rsid w:val="001065A5"/>
     <w:rsid w:val="00113919"/>
     <w:rsid w:val="0011750E"/>
     <w:rsid w:val="00124695"/>
     <w:rsid w:val="00127C7D"/>
     <w:rsid w:val="0013359C"/>
     <w:rsid w:val="00133789"/>
     <w:rsid w:val="00135A75"/>
     <w:rsid w:val="00135E6A"/>
     <w:rsid w:val="00136838"/>
     <w:rsid w:val="00137E39"/>
     <w:rsid w:val="001400D5"/>
     <w:rsid w:val="00143B5D"/>
     <w:rsid w:val="001446CC"/>
     <w:rsid w:val="00150A69"/>
     <w:rsid w:val="00153D51"/>
     <w:rsid w:val="001543A1"/>
     <w:rsid w:val="00155AC6"/>
     <w:rsid w:val="00175AEC"/>
     <w:rsid w:val="00186045"/>
+    <w:rsid w:val="001947AD"/>
     <w:rsid w:val="001A34DE"/>
     <w:rsid w:val="001B099C"/>
     <w:rsid w:val="001B4479"/>
     <w:rsid w:val="001C35D5"/>
     <w:rsid w:val="001C3FAA"/>
+    <w:rsid w:val="001C4710"/>
     <w:rsid w:val="001C614A"/>
+    <w:rsid w:val="001D0B68"/>
     <w:rsid w:val="001D146B"/>
     <w:rsid w:val="001D3474"/>
     <w:rsid w:val="001E0CDB"/>
     <w:rsid w:val="001E7151"/>
     <w:rsid w:val="001E780A"/>
     <w:rsid w:val="001E7D2B"/>
     <w:rsid w:val="001F0D34"/>
+    <w:rsid w:val="001F3B06"/>
     <w:rsid w:val="001F5405"/>
     <w:rsid w:val="001F79A5"/>
     <w:rsid w:val="00201DAF"/>
     <w:rsid w:val="0020574A"/>
+    <w:rsid w:val="0021588B"/>
     <w:rsid w:val="00216123"/>
     <w:rsid w:val="00227FEB"/>
     <w:rsid w:val="00230C24"/>
     <w:rsid w:val="00231818"/>
     <w:rsid w:val="00231C1B"/>
     <w:rsid w:val="00246E57"/>
     <w:rsid w:val="00250520"/>
     <w:rsid w:val="00250861"/>
     <w:rsid w:val="00250AF5"/>
+    <w:rsid w:val="00255053"/>
     <w:rsid w:val="002562FB"/>
     <w:rsid w:val="0026167D"/>
     <w:rsid w:val="00275720"/>
     <w:rsid w:val="002806CD"/>
     <w:rsid w:val="0028612B"/>
     <w:rsid w:val="002868C4"/>
     <w:rsid w:val="00287118"/>
     <w:rsid w:val="002910D0"/>
     <w:rsid w:val="00291EDF"/>
     <w:rsid w:val="00294361"/>
     <w:rsid w:val="00294B45"/>
     <w:rsid w:val="002A16D4"/>
     <w:rsid w:val="002B13EA"/>
     <w:rsid w:val="002B3126"/>
     <w:rsid w:val="002B3CAA"/>
     <w:rsid w:val="002B68DA"/>
     <w:rsid w:val="002B7A6F"/>
     <w:rsid w:val="002C144D"/>
+    <w:rsid w:val="002E462E"/>
     <w:rsid w:val="002E6B82"/>
     <w:rsid w:val="002F4C6E"/>
     <w:rsid w:val="00302C1F"/>
     <w:rsid w:val="003033FB"/>
     <w:rsid w:val="003047A0"/>
     <w:rsid w:val="00304FEE"/>
     <w:rsid w:val="00321F34"/>
     <w:rsid w:val="00325E3F"/>
     <w:rsid w:val="0032640A"/>
     <w:rsid w:val="00330923"/>
     <w:rsid w:val="00332453"/>
     <w:rsid w:val="003364C3"/>
     <w:rsid w:val="00337D1D"/>
     <w:rsid w:val="00346BDE"/>
     <w:rsid w:val="00347F8D"/>
     <w:rsid w:val="00351530"/>
     <w:rsid w:val="00374D70"/>
+    <w:rsid w:val="003924DF"/>
     <w:rsid w:val="003941B8"/>
     <w:rsid w:val="003974D2"/>
     <w:rsid w:val="003A45B3"/>
+    <w:rsid w:val="003B540D"/>
     <w:rsid w:val="003B6BD9"/>
     <w:rsid w:val="003C0588"/>
     <w:rsid w:val="003C0E8B"/>
     <w:rsid w:val="003C2434"/>
     <w:rsid w:val="003D305B"/>
     <w:rsid w:val="003D327E"/>
     <w:rsid w:val="003D6D45"/>
     <w:rsid w:val="003D6F86"/>
     <w:rsid w:val="003E6E93"/>
     <w:rsid w:val="003F12EE"/>
     <w:rsid w:val="00414BF6"/>
     <w:rsid w:val="004248EE"/>
     <w:rsid w:val="00433476"/>
     <w:rsid w:val="004473CE"/>
     <w:rsid w:val="00450CFD"/>
     <w:rsid w:val="00450FE4"/>
     <w:rsid w:val="004542CD"/>
     <w:rsid w:val="00462964"/>
+    <w:rsid w:val="004638D5"/>
     <w:rsid w:val="0047714E"/>
     <w:rsid w:val="004818E9"/>
     <w:rsid w:val="0048193B"/>
     <w:rsid w:val="00487912"/>
     <w:rsid w:val="00493E16"/>
     <w:rsid w:val="00497825"/>
     <w:rsid w:val="004A7718"/>
     <w:rsid w:val="004B05D4"/>
     <w:rsid w:val="004C17E1"/>
     <w:rsid w:val="004C495A"/>
     <w:rsid w:val="004D007E"/>
     <w:rsid w:val="004D0DEC"/>
     <w:rsid w:val="004D46F4"/>
     <w:rsid w:val="004E46AF"/>
     <w:rsid w:val="004E6DA2"/>
     <w:rsid w:val="004E6F43"/>
     <w:rsid w:val="004E737D"/>
     <w:rsid w:val="004E7FF3"/>
     <w:rsid w:val="004F01DB"/>
     <w:rsid w:val="004F11D9"/>
     <w:rsid w:val="00501C64"/>
     <w:rsid w:val="00504705"/>
     <w:rsid w:val="00514DBF"/>
+    <w:rsid w:val="00526A2B"/>
     <w:rsid w:val="00531F30"/>
     <w:rsid w:val="0053311E"/>
     <w:rsid w:val="0053394E"/>
     <w:rsid w:val="00541DE8"/>
     <w:rsid w:val="0055293D"/>
     <w:rsid w:val="005548A0"/>
     <w:rsid w:val="00554F55"/>
     <w:rsid w:val="005604A8"/>
     <w:rsid w:val="005646CF"/>
     <w:rsid w:val="005821AA"/>
     <w:rsid w:val="00582B30"/>
     <w:rsid w:val="00590AC0"/>
     <w:rsid w:val="005A121D"/>
     <w:rsid w:val="005A12CB"/>
     <w:rsid w:val="005A1AF1"/>
     <w:rsid w:val="005A59D5"/>
     <w:rsid w:val="005B108F"/>
     <w:rsid w:val="005B3453"/>
     <w:rsid w:val="005C1EAC"/>
     <w:rsid w:val="005C4B2C"/>
     <w:rsid w:val="005C6BAE"/>
     <w:rsid w:val="005D50CE"/>
     <w:rsid w:val="005D5C99"/>
     <w:rsid w:val="005E13B8"/>
     <w:rsid w:val="005E59A8"/>
     <w:rsid w:val="005F2BD2"/>
     <w:rsid w:val="005F4667"/>
     <w:rsid w:val="005F689A"/>
     <w:rsid w:val="006003E5"/>
     <w:rsid w:val="006010C8"/>
     <w:rsid w:val="0060395A"/>
     <w:rsid w:val="006048E7"/>
     <w:rsid w:val="00605E25"/>
     <w:rsid w:val="00614585"/>
     <w:rsid w:val="006212D2"/>
     <w:rsid w:val="00621795"/>
     <w:rsid w:val="0063399D"/>
     <w:rsid w:val="00633B96"/>
     <w:rsid w:val="006509EB"/>
     <w:rsid w:val="0065724C"/>
     <w:rsid w:val="006609B3"/>
     <w:rsid w:val="00663D0E"/>
     <w:rsid w:val="00667C2C"/>
     <w:rsid w:val="006700AE"/>
     <w:rsid w:val="00693D16"/>
+    <w:rsid w:val="006A0FAD"/>
     <w:rsid w:val="006A1AB4"/>
     <w:rsid w:val="006B1B06"/>
     <w:rsid w:val="006B78DF"/>
     <w:rsid w:val="006C568F"/>
     <w:rsid w:val="006D69CA"/>
     <w:rsid w:val="006F5721"/>
     <w:rsid w:val="00703356"/>
     <w:rsid w:val="00713B1D"/>
     <w:rsid w:val="007219ED"/>
     <w:rsid w:val="00721AC1"/>
     <w:rsid w:val="00722DB4"/>
     <w:rsid w:val="007245C6"/>
     <w:rsid w:val="00727102"/>
     <w:rsid w:val="00731E6B"/>
     <w:rsid w:val="007359E3"/>
     <w:rsid w:val="00737F6C"/>
     <w:rsid w:val="00747E62"/>
     <w:rsid w:val="007520D0"/>
     <w:rsid w:val="007531AD"/>
     <w:rsid w:val="00756685"/>
     <w:rsid w:val="00757DAF"/>
     <w:rsid w:val="00765B03"/>
     <w:rsid w:val="00772F68"/>
     <w:rsid w:val="00773FB8"/>
+    <w:rsid w:val="00783896"/>
     <w:rsid w:val="00785E29"/>
     <w:rsid w:val="0079388E"/>
     <w:rsid w:val="00795E82"/>
     <w:rsid w:val="00797D39"/>
     <w:rsid w:val="007A5A02"/>
     <w:rsid w:val="007B39FF"/>
     <w:rsid w:val="007C451F"/>
     <w:rsid w:val="007C6E37"/>
     <w:rsid w:val="007C72DC"/>
     <w:rsid w:val="007D0056"/>
     <w:rsid w:val="007D4903"/>
     <w:rsid w:val="007E00FC"/>
     <w:rsid w:val="007E3E92"/>
     <w:rsid w:val="007E77B6"/>
     <w:rsid w:val="007F1876"/>
     <w:rsid w:val="007F32DF"/>
     <w:rsid w:val="007F4AA6"/>
     <w:rsid w:val="00800E88"/>
     <w:rsid w:val="00802AD6"/>
     <w:rsid w:val="00810350"/>
     <w:rsid w:val="00811413"/>
     <w:rsid w:val="008215E1"/>
     <w:rsid w:val="00823A79"/>
     <w:rsid w:val="00825AA3"/>
     <w:rsid w:val="00842C1E"/>
     <w:rsid w:val="00850845"/>
     <w:rsid w:val="00852EC6"/>
     <w:rsid w:val="008704AD"/>
     <w:rsid w:val="00871696"/>
     <w:rsid w:val="00872E22"/>
     <w:rsid w:val="008739D7"/>
     <w:rsid w:val="008807DE"/>
     <w:rsid w:val="008864E6"/>
     <w:rsid w:val="008920ED"/>
     <w:rsid w:val="0089265D"/>
     <w:rsid w:val="008A0360"/>
+    <w:rsid w:val="008A3DF2"/>
     <w:rsid w:val="008A748E"/>
     <w:rsid w:val="008B218B"/>
     <w:rsid w:val="008C43B9"/>
     <w:rsid w:val="008E4C06"/>
+    <w:rsid w:val="008F03D2"/>
+    <w:rsid w:val="008F36A8"/>
     <w:rsid w:val="008F681F"/>
     <w:rsid w:val="00905459"/>
     <w:rsid w:val="00907913"/>
     <w:rsid w:val="00910260"/>
     <w:rsid w:val="009176CD"/>
+    <w:rsid w:val="00921F92"/>
     <w:rsid w:val="00922DC6"/>
+    <w:rsid w:val="00925B24"/>
     <w:rsid w:val="00926873"/>
     <w:rsid w:val="00930DB8"/>
     <w:rsid w:val="009368A8"/>
     <w:rsid w:val="0094059D"/>
     <w:rsid w:val="009442B6"/>
     <w:rsid w:val="00952B20"/>
     <w:rsid w:val="00967BE9"/>
     <w:rsid w:val="00971720"/>
     <w:rsid w:val="00974111"/>
     <w:rsid w:val="0098088A"/>
     <w:rsid w:val="00982692"/>
     <w:rsid w:val="00985B67"/>
     <w:rsid w:val="009912DE"/>
     <w:rsid w:val="00992381"/>
     <w:rsid w:val="009933F9"/>
     <w:rsid w:val="009A08DC"/>
     <w:rsid w:val="009A7ABC"/>
     <w:rsid w:val="009E16AB"/>
     <w:rsid w:val="009E3B68"/>
+    <w:rsid w:val="009E40EA"/>
     <w:rsid w:val="009F5E18"/>
     <w:rsid w:val="00A00A3F"/>
     <w:rsid w:val="00A14B40"/>
     <w:rsid w:val="00A21D1B"/>
     <w:rsid w:val="00A26EBD"/>
     <w:rsid w:val="00A3414E"/>
     <w:rsid w:val="00A344C9"/>
     <w:rsid w:val="00A41264"/>
+    <w:rsid w:val="00A420F7"/>
     <w:rsid w:val="00A43E8B"/>
     <w:rsid w:val="00A4557F"/>
     <w:rsid w:val="00A45E67"/>
     <w:rsid w:val="00A47F65"/>
     <w:rsid w:val="00A71C33"/>
     <w:rsid w:val="00A7701C"/>
     <w:rsid w:val="00A832D2"/>
     <w:rsid w:val="00A9372C"/>
     <w:rsid w:val="00A96105"/>
     <w:rsid w:val="00A97CFD"/>
     <w:rsid w:val="00AA4586"/>
+    <w:rsid w:val="00AA50DB"/>
     <w:rsid w:val="00AB45F1"/>
     <w:rsid w:val="00AC7E50"/>
     <w:rsid w:val="00AD0B69"/>
     <w:rsid w:val="00AD6C43"/>
     <w:rsid w:val="00AE317C"/>
     <w:rsid w:val="00AE3AA6"/>
     <w:rsid w:val="00AE4D33"/>
     <w:rsid w:val="00AE68C7"/>
     <w:rsid w:val="00AF747A"/>
     <w:rsid w:val="00B02060"/>
     <w:rsid w:val="00B1232D"/>
     <w:rsid w:val="00B140FD"/>
     <w:rsid w:val="00B16B86"/>
     <w:rsid w:val="00B31BCD"/>
     <w:rsid w:val="00B32876"/>
     <w:rsid w:val="00B41CE2"/>
+    <w:rsid w:val="00B45CD5"/>
     <w:rsid w:val="00B46B96"/>
     <w:rsid w:val="00B50047"/>
     <w:rsid w:val="00B5159D"/>
     <w:rsid w:val="00B527CF"/>
     <w:rsid w:val="00B54625"/>
     <w:rsid w:val="00B6358C"/>
     <w:rsid w:val="00B73B82"/>
     <w:rsid w:val="00B74F1F"/>
     <w:rsid w:val="00B756AE"/>
     <w:rsid w:val="00B820AC"/>
     <w:rsid w:val="00B84024"/>
     <w:rsid w:val="00B841CA"/>
     <w:rsid w:val="00B87292"/>
     <w:rsid w:val="00B94170"/>
     <w:rsid w:val="00B97B13"/>
     <w:rsid w:val="00BA1E11"/>
     <w:rsid w:val="00BA6E63"/>
     <w:rsid w:val="00BB2409"/>
     <w:rsid w:val="00BB2AFF"/>
     <w:rsid w:val="00BB2ECA"/>
     <w:rsid w:val="00BB79FB"/>
     <w:rsid w:val="00BC7D50"/>
     <w:rsid w:val="00BD3581"/>
     <w:rsid w:val="00BD55FC"/>
     <w:rsid w:val="00BD5620"/>
     <w:rsid w:val="00BF1A67"/>
     <w:rsid w:val="00BF6CC6"/>
     <w:rsid w:val="00BF7C88"/>
     <w:rsid w:val="00C0641E"/>
     <w:rsid w:val="00C26802"/>
     <w:rsid w:val="00C31F19"/>
     <w:rsid w:val="00C322BE"/>
     <w:rsid w:val="00C440E6"/>
     <w:rsid w:val="00C4525D"/>
     <w:rsid w:val="00C465E2"/>
     <w:rsid w:val="00C519D8"/>
+    <w:rsid w:val="00C51B7A"/>
     <w:rsid w:val="00C62ED7"/>
     <w:rsid w:val="00C65A1F"/>
     <w:rsid w:val="00C65A77"/>
     <w:rsid w:val="00C67AFA"/>
     <w:rsid w:val="00C81E2A"/>
     <w:rsid w:val="00C91AE7"/>
     <w:rsid w:val="00CB3DB6"/>
     <w:rsid w:val="00CB727F"/>
     <w:rsid w:val="00CC0F42"/>
     <w:rsid w:val="00CC2396"/>
     <w:rsid w:val="00CC40E1"/>
     <w:rsid w:val="00CC6377"/>
     <w:rsid w:val="00D0486D"/>
     <w:rsid w:val="00D07B0B"/>
     <w:rsid w:val="00D12CBC"/>
     <w:rsid w:val="00D20F76"/>
     <w:rsid w:val="00D21AAA"/>
     <w:rsid w:val="00D2524C"/>
     <w:rsid w:val="00D255D6"/>
     <w:rsid w:val="00D33055"/>
     <w:rsid w:val="00D53F05"/>
     <w:rsid w:val="00D55257"/>
     <w:rsid w:val="00D61CD8"/>
     <w:rsid w:val="00D83A57"/>
     <w:rsid w:val="00D83D2C"/>
     <w:rsid w:val="00D8452D"/>
     <w:rsid w:val="00D84684"/>
     <w:rsid w:val="00D917DD"/>
     <w:rsid w:val="00D93E46"/>
     <w:rsid w:val="00D94684"/>
     <w:rsid w:val="00D97CA4"/>
     <w:rsid w:val="00DA09E3"/>
     <w:rsid w:val="00DB6233"/>
     <w:rsid w:val="00DB7508"/>
     <w:rsid w:val="00DC2C08"/>
     <w:rsid w:val="00DC389B"/>
     <w:rsid w:val="00DC4955"/>
     <w:rsid w:val="00DC50C8"/>
     <w:rsid w:val="00DC5996"/>
     <w:rsid w:val="00DD43FF"/>
+    <w:rsid w:val="00DF13C4"/>
     <w:rsid w:val="00DF3FC0"/>
     <w:rsid w:val="00DF4F77"/>
     <w:rsid w:val="00DF6E4D"/>
+    <w:rsid w:val="00E01E8D"/>
     <w:rsid w:val="00E02A56"/>
     <w:rsid w:val="00E048B2"/>
     <w:rsid w:val="00E14285"/>
     <w:rsid w:val="00E15CFC"/>
     <w:rsid w:val="00E16952"/>
     <w:rsid w:val="00E173EB"/>
     <w:rsid w:val="00E2274C"/>
     <w:rsid w:val="00E41B2A"/>
     <w:rsid w:val="00E42244"/>
     <w:rsid w:val="00E44C5F"/>
     <w:rsid w:val="00E502F8"/>
     <w:rsid w:val="00E54FDF"/>
     <w:rsid w:val="00E614CC"/>
     <w:rsid w:val="00E62DAC"/>
     <w:rsid w:val="00E70AF7"/>
     <w:rsid w:val="00E76460"/>
     <w:rsid w:val="00E76B5E"/>
     <w:rsid w:val="00E84F0E"/>
     <w:rsid w:val="00EA0DA9"/>
     <w:rsid w:val="00EA3066"/>
     <w:rsid w:val="00EA3C9A"/>
     <w:rsid w:val="00EA5C96"/>
+    <w:rsid w:val="00EA652A"/>
     <w:rsid w:val="00EB2830"/>
     <w:rsid w:val="00EB2EBE"/>
     <w:rsid w:val="00EB568B"/>
     <w:rsid w:val="00ED0974"/>
     <w:rsid w:val="00ED7D50"/>
     <w:rsid w:val="00EE04F6"/>
     <w:rsid w:val="00EE1C42"/>
     <w:rsid w:val="00EE4BA9"/>
     <w:rsid w:val="00EE4CDA"/>
     <w:rsid w:val="00EE5860"/>
     <w:rsid w:val="00F0275A"/>
     <w:rsid w:val="00F05ECE"/>
     <w:rsid w:val="00F1728A"/>
+    <w:rsid w:val="00F25F30"/>
     <w:rsid w:val="00F35301"/>
     <w:rsid w:val="00F3531E"/>
+    <w:rsid w:val="00F4172E"/>
     <w:rsid w:val="00F42821"/>
     <w:rsid w:val="00F54C4D"/>
     <w:rsid w:val="00F54E3E"/>
     <w:rsid w:val="00F6796A"/>
     <w:rsid w:val="00F67ED2"/>
+    <w:rsid w:val="00F71CFD"/>
     <w:rsid w:val="00F75652"/>
     <w:rsid w:val="00F81A09"/>
     <w:rsid w:val="00F93262"/>
+    <w:rsid w:val="00F94A62"/>
     <w:rsid w:val="00FA01AE"/>
     <w:rsid w:val="00FA0C40"/>
     <w:rsid w:val="00FB05F7"/>
     <w:rsid w:val="00FB7279"/>
     <w:rsid w:val="00FC06BD"/>
+    <w:rsid w:val="00FC0BF7"/>
     <w:rsid w:val="00FC1F92"/>
     <w:rsid w:val="00FC53B2"/>
     <w:rsid w:val="00FC6274"/>
     <w:rsid w:val="00FD0CAD"/>
     <w:rsid w:val="00FD198C"/>
     <w:rsid w:val="00FD3DCF"/>
     <w:rsid w:val="00FE1E72"/>
     <w:rsid w:val="00FE2FDE"/>
     <w:rsid w:val="00FF0934"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="46DE8651"/>
   <w15:docId w15:val="{CE25A58D-1443-4629-80EB-B77D5AF068B2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14315,52 +14869,53 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="68"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="69"/>
     <w:lsdException w:name="Light List" w:uiPriority="70"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="71"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="72"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="73"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="60"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="61"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="64"/>
     <w:lsdException w:name="Dark List" w:uiPriority="65"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="99"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="71"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="73"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="60"/>
@@ -14425,52 +14980,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="37"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="41"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="42"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="43"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="44"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="45"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="40"/>
     <w:lsdException w:name="Book Title" w:uiPriority="46"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="47"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="48"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="47" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="48" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -14531,353 +15086,358 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="de-DE" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zitieren">
     <w:name w:val="Zitieren"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="atLeast"/>
       <w:ind w:left="1134" w:right="1134"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="EncabezadoCar"/>
+    <w:link w:val="HeaderChar"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Nmerodepgina">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatvorlage1">
     <w:name w:val="Formatvorlage1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
         <w:tab w:val="left" w:pos="1418"/>
         <w:tab w:val="left" w:pos="4820"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="851" w:hanging="851"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatvorlage2">
     <w:name w:val="Formatvorlage2"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
         <w:tab w:val="left" w:pos="1418"/>
         <w:tab w:val="left" w:pos="4820"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textocomentario">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TextocomentarioCar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textonotapie">
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdenotaalpie">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:semiHidden/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Refdecomentario">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00823A79"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="Textocomentario"/>
-    <w:next w:val="Textocomentario"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="00823A79"/>
     <w:pPr>
       <w:widowControl/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="de-DE"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00823A79"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculo">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="0008524F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008704AD"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Logro">
     <w:name w:val="Logro"/>
-    <w:basedOn w:val="Textoindependiente"/>
+    <w:basedOn w:val="BodyText"/>
     <w:rsid w:val="00EE04F6"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:after="60" w:line="240" w:lineRule="atLeast"/>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Batang" w:hAnsi="Garamond"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Direccin1">
     <w:name w:val="Dirección 1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00EE04F6"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
@@ -14943,166 +15503,207 @@
       <w:lang w:val="es-ES" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nombre">
     <w:name w:val="Nombre"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="00EE04F6"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:after="440" w:line="240" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Batang" w:hAnsi="Garamond"/>
       <w:caps/>
       <w:spacing w:val="80"/>
       <w:sz w:val="44"/>
       <w:lang w:val="es-ES" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Objetivo">
     <w:name w:val="Objetivo"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Textoindependiente"/>
+    <w:next w:val="BodyText"/>
     <w:rsid w:val="00EE04F6"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="60" w:after="220" w:line="220" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Batang" w:hAnsi="Garamond"/>
       <w:sz w:val="22"/>
       <w:lang w:val="es-ES" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulodeseccin">
     <w:name w:val="Título de sección"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Objetivo"/>
     <w:rsid w:val="00EE04F6"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="808080"/>
       </w:pBdr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="220" w:line="220" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Batang" w:hAnsi="Garamond"/>
       <w:caps/>
       <w:spacing w:val="15"/>
       <w:lang w:val="es-ES" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
-[...1 lines deleted...]
-    <w:link w:val="Encabezado"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
     <w:rsid w:val="00FD0CAD"/>
     <w:rPr>
       <w:lang w:val="de-DE" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="004D007E"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Tablanormal"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="001543A1"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001E0CDB"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00CC6377"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Estilo2">
     <w:name w:val="Estilo2"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00150A69"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
-[...2 lines deleted...]
-    <w:link w:val="Textocomentario"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B84024"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
       <w:lang w:val="en-US" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="009E40EA"/>
+    <w:pPr>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cstheme="minorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-PE" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="009E40EA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cstheme="minorBidi"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-PE" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="71"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C51B7A"/>
+    <w:rPr>
+      <w:lang w:val="de-DE" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="226887160">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="237062565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15144,231 +15745,284 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0B86E727E9CA43DCACC2E3D6BEF08E0C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{779C1D1E-02AE-440E-8CA4-710BC7DA2D40}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="009305FD" w:rsidP="009305FD">
+        <w:p w:rsidR="00A446CF" w:rsidRDefault="009305FD" w:rsidP="009305FD">
           <w:pPr>
             <w:pStyle w:val="0B86E727E9CA43DCACC2E3D6BEF08E0C"/>
           </w:pPr>
           <w:r w:rsidRPr="00984F71">
             <w:rPr>
-              <w:rStyle w:val="Textodelmarcadordeposicin"/>
+              <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Elija un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
-    <w:charset w:val="00"/>
-[...1 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="modern"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Black">
+    <w:panose1 w:val="020B0A04020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004760F7"/>
+    <w:rsid w:val="000B2F8B"/>
+    <w:rsid w:val="001A1B8B"/>
+    <w:rsid w:val="001C4710"/>
     <w:rsid w:val="00282499"/>
     <w:rsid w:val="002B72C9"/>
     <w:rsid w:val="004760F7"/>
+    <w:rsid w:val="006B0661"/>
+    <w:rsid w:val="00783896"/>
+    <w:rsid w:val="007D0969"/>
     <w:rsid w:val="009305FD"/>
+    <w:rsid w:val="00A446CF"/>
+    <w:rsid w:val="00B44275"/>
     <w:rsid w:val="00B87A29"/>
+    <w:rsid w:val="00C000C6"/>
     <w:rsid w:val="00D521A1"/>
+    <w:rsid w:val="00DF13C4"/>
+    <w:rsid w:val="00F0237E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -15696,135 +16350,108 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009305FD"/>
     <w:rPr>
       <w:color w:val="808080"/>
-    </w:rPr>
-[...30 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B86E727E9CA43DCACC2E3D6BEF08E0C">
     <w:name w:val="0B86E727E9CA43DCACC2E3D6BEF08E0C"/>
     <w:rsid w:val="009305FD"/>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -16068,75 +16695,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE10ED34-AFD4-42A6-A81B-973832FB46D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>604</Words>
-  <Characters>3446</Characters>
+  <Words>646</Words>
+  <Characters>3556</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EXTRACTO DEL CURRICULUM VITAE (HOJA DE VIDA)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BIO LATINA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4042</CharactersWithSpaces>
+  <CharactersWithSpaces>4194</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>8061055</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>11909</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1025</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>BL-Logo-01</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>